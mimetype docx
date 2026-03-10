--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -797,84 +797,84 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D50CB0">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16850"/>
       <w:pgMar w:top="800" w:right="440" w:bottom="1360" w:left="700" w:header="0" w:footer="1176" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="108434A9" w14:textId="77777777" w:rsidR="00D65F1D" w:rsidRDefault="00D65F1D">
+    <w:p w14:paraId="78DBABE4" w14:textId="77777777" w:rsidR="00874676" w:rsidRDefault="00874676">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DDC1E9B" w14:textId="77777777" w:rsidR="00D65F1D" w:rsidRDefault="00D65F1D">
+    <w:p w14:paraId="1E6293A9" w14:textId="77777777" w:rsidR="00874676" w:rsidRDefault="00874676">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FDEBC52" w14:textId="77777777" w:rsidR="00D50CB0" w:rsidRDefault="00D65F1D">
     <w:pPr>
       <w:pStyle w:val="Corpotesto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -943,143 +943,117 @@
               </wp:positionV>
               <wp:extent cx="4020820" cy="417195"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Textbox 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4020820" cy="417195"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="64F194F0" w14:textId="77777777" w:rsidR="00D50CB0" w:rsidRPr="00AD2AC4" w:rsidRDefault="00D65F1D">
+                        <w:p w14:paraId="06F21C0E" w14:textId="3929B700" w:rsidR="005C50B4" w:rsidRDefault="00D65F1D">
                           <w:pPr>
                             <w:spacing w:line="203" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
+                              <w:color w:val="1F3863"/>
+                              <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t>Segretario</w:t>
+                            <w:t>Segretari</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005C50B4">
+                            <w:rPr>
+                              <w:color w:val="1F3863"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="it-IT"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-5"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t>Amministrativo:</w:t>
+                            <w:t>Amministrativ</w:t>
+                          </w:r>
+                          <w:r w:rsidR="005C50B4">
+                            <w:rPr>
+                              <w:color w:val="1F3863"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="it-IT"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
-                              <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t>:</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00AD2AC4">
+                          <w:r w:rsidR="005C50B4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t>Rag.</w:t>
-[...42 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>–</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>Via</w:t>
@@ -1090,67 +1064,57 @@
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>Is</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t>Mirrionis</w:t>
-[...8 lines deleted...]
-                            <w:t>,</w:t>
+                            <w:t>Mirrionis,</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
@@ -1168,92 +1132,102 @@
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>Cagliari</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00AD2AC4">
+                          <w:r w:rsidR="005C50B4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
-                            <w:t>-</w:t>
+                            <w:t>–</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                        </w:p>
+                        <w:p w14:paraId="22EBAB22" w14:textId="0EFD815E" w:rsidR="00D50CB0" w:rsidRDefault="00D65F1D" w:rsidP="005C50B4">
+                          <w:pPr>
+                            <w:spacing w:line="203" w:lineRule="exact"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Tel </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AD2AC4">
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:spacing w:val="-5"/>
                               <w:sz w:val="18"/>
                               <w:lang w:val="it-IT"/>
                             </w:rPr>
                             <w:t>+39</w:t>
                           </w:r>
-                        </w:p>
-[...6 lines deleted...]
-                          </w:pPr>
+                          <w:r w:rsidR="005C50B4">
+                            <w:rPr>
+                              <w:color w:val="1F3863"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="18"/>
+                              <w:lang w:val="it-IT"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3863"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">070/6757525. – email </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId2">
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="0462C1"/>
                                 <w:sz w:val="18"/>
                                 <w:u w:val="single" w:color="0462C1"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0462C1"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId3">
@@ -1266,143 +1240,117 @@
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="08C63967" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:190.7pt;margin-top:772.25pt;width:316.6pt;height:32.85pt;z-index:-15762432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXgbxKkwEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1Gm1wBI1XQErENIK&#10;kJb9ANexm4jYY2bcJv17xm7aIvaGuNhjz/jNe2+8vpv8IA4WqYfQyOWiksIGA20fdo18+vHp1a0U&#10;lHRo9QDBNvJoSd5tXr5Yj7G2K+hgaC0KBglUj7GRXUqxVopMZ72mBUQbOOkAvU58xJ1qUY+M7ge1&#10;qqo3agRsI4KxRHx7f0rKTcF3zpr0zTmySQyNZG6prFjWbV7VZq3rHerY9Wamof+Bhdd94KYXqHud&#10;tNhj/wzK9waBwKWFAa/Aud7YooHVLKu/1Dx2Otqihc2heLGJ/h+s+Xp4jN9RpOkDTDzAIoLiA5if&#10;xN6oMVI912RPqSauzkInhz7vLEHwQ/b2ePHTTkkYvrypVtXtilOGczfLt8t3r7Ph6vo6IqXPFrzI&#10;QSOR51UY6MMDpVPpuWQmc+qfmaRpO3FJDrfQHlnEyHNsJP3aa7RSDF8CG5WHfg7wHGzPAabhI5Sv&#10;kbUEeL9P4PrS+Yo7d+YJFO7zb8kj/vNcqq5/evMbAAD//wMAUEsDBBQABgAIAAAAIQBFkt4q4gAA&#10;AA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLOnoqlGaThOCExKiKweOaeO1&#10;0RqnNNlW3p7sNG62/k+/Pxeb2Q7shJM3jiQkCwEMqXXaUCfhq357WAPzQZFWgyOU8IseNuXtTaFy&#10;7c5U4WkXOhZLyOdKQh/CmHPu2x6t8gs3IsVs7yarQlynjutJnWO5HfhSiIxbZShe6NWILz22h93R&#10;Sth+U/Vqfj6az2pfmbp+EvSeHaS8v5u3z8ACzuEKw0U/qkMZnRp3JO3ZIOFxnaQRjcEqTVfALohI&#10;0gxYE6csEUvgZcH/v1H+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJeBvEqTAQAAGwMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEWS3iriAAAA&#10;DgEAAA8AAAAAAAAAAAAAAAAA7QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="64F194F0" w14:textId="77777777" w:rsidR="00D50CB0" w:rsidRPr="00AD2AC4" w:rsidRDefault="00D65F1D">
+                  <w:p w14:paraId="06F21C0E" w14:textId="3929B700" w:rsidR="005C50B4" w:rsidRDefault="00D65F1D">
                     <w:pPr>
                       <w:spacing w:line="203" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
+                        <w:color w:val="1F3863"/>
+                        <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t>Segretario</w:t>
+                      <w:t>Segretari</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005C50B4">
+                      <w:rPr>
+                        <w:color w:val="1F3863"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="it-IT"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-5"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t>Amministrativo:</w:t>
+                      <w:t>Amministrativ</w:t>
+                    </w:r>
+                    <w:r w:rsidR="005C50B4">
+                      <w:rPr>
+                        <w:color w:val="1F3863"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="it-IT"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
-                        <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t>:</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00AD2AC4">
+                    <w:r w:rsidR="005C50B4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t>Rag.</w:t>
-[...42 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>–</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>Via</w:t>
@@ -1413,67 +1361,57 @@
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>Is</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t>Mirrionis</w:t>
-[...8 lines deleted...]
-                      <w:t>,</w:t>
+                      <w:t>Mirrionis,</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
@@ -1491,92 +1429,102 @@
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>Cagliari</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidRPr="00AD2AC4">
+                    <w:r w:rsidR="005C50B4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
-                      <w:t>-</w:t>
+                      <w:t>–</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                  </w:p>
+                  <w:p w14:paraId="22EBAB22" w14:textId="0EFD815E" w:rsidR="00D50CB0" w:rsidRDefault="00D65F1D" w:rsidP="005C50B4">
+                    <w:pPr>
+                      <w:spacing w:line="203" w:lineRule="exact"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Tel </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AD2AC4">
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:spacing w:val="-5"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="it-IT"/>
                       </w:rPr>
                       <w:t>+39</w:t>
                     </w:r>
-                  </w:p>
-[...6 lines deleted...]
-                    </w:pPr>
+                    <w:r w:rsidR="005C50B4">
+                      <w:rPr>
+                        <w:color w:val="1F3863"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="18"/>
+                        <w:lang w:val="it-IT"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3863"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">070/6757525. – email </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId4">
                       <w:r>
                         <w:rPr>
                           <w:color w:val="0462C1"/>
                           <w:sz w:val="18"/>
                           <w:u w:val="single" w:color="0462C1"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0462C1"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId5">
@@ -1584,58 +1532,58 @@
                         <w:rPr>
                           <w:color w:val="0462C1"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="18"/>
                           <w:u w:val="single" w:color="0462C1"/>
                         </w:rPr>
                         <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60A75566" w14:textId="77777777" w:rsidR="00D65F1D" w:rsidRDefault="00D65F1D">
+    <w:p w14:paraId="61C58CC2" w14:textId="77777777" w:rsidR="00874676" w:rsidRDefault="00874676">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A56D132" w14:textId="77777777" w:rsidR="00D65F1D" w:rsidRDefault="00D65F1D">
+    <w:p w14:paraId="456A9F39" w14:textId="77777777" w:rsidR="00874676" w:rsidRDefault="00874676">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01DF7A97" w14:textId="41C756D6" w:rsidR="00852049" w:rsidRPr="00852049" w:rsidRDefault="00852049" w:rsidP="00852049">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00852049">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="592BD6E2" wp14:editId="488EFF26">
           <wp:extent cx="6827520" cy="1127760"/>
@@ -1710,108 +1658,110 @@
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00852049">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t>Direttrice: Prof.ssa Elisabetta Gola</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="521D43C4" w14:textId="28C99A29" w:rsidR="000F6AFD" w:rsidRPr="00852049" w:rsidRDefault="000F6AFD" w:rsidP="00852049">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D50CB0"/>
     <w:rsid w:val="000F6AFD"/>
     <w:rsid w:val="0030119F"/>
     <w:rsid w:val="004139BA"/>
     <w:rsid w:val="00594B98"/>
+    <w:rsid w:val="005C50B4"/>
     <w:rsid w:val="00787005"/>
     <w:rsid w:val="00852049"/>
+    <w:rsid w:val="00874676"/>
+    <w:rsid w:val="008C7A76"/>
     <w:rsid w:val="00A71987"/>
     <w:rsid w:val="00AD2AC4"/>
     <w:rsid w:val="00B069CC"/>
     <w:rsid w:val="00D16C3D"/>
     <w:rsid w:val="00D50CB0"/>
     <w:rsid w:val="00D65F1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5B56F844"/>
   <w15:docId w15:val="{7AA7D402-0E30-4084-A9C8-1ED5AF3DC2A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2184,50 +2134,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -2720,51 +2671,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>199</Words>
   <Characters>1139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gabriella Baptist</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>