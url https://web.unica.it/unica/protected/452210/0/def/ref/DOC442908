--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -8,51 +8,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="51532B42" w14:textId="77777777" w:rsidR="00D82FF5" w:rsidRDefault="00D82FF5" w:rsidP="00614D7F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B880D12" w14:textId="77777777" w:rsidR="00D82FF5" w:rsidRDefault="00D82FF5" w:rsidP="00614D7F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CFAD9B2" w14:textId="77777777" w:rsidR="00D82FF5" w:rsidRDefault="00D82FF5" w:rsidP="00614D7F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -871,275 +871,706 @@
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D931DCE" w14:textId="77777777" w:rsidR="00E16371" w:rsidRPr="00325EF1" w:rsidRDefault="00E16371" w:rsidP="00325EF1"/>
     <w:sectPr w:rsidR="00E16371" w:rsidRPr="00325EF1" w:rsidSect="004515C5">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2268" w:right="1701" w:bottom="1701" w:left="1276" w:header="0" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35DCBEDB" w14:textId="77777777" w:rsidR="00DF3151" w:rsidRDefault="00DF3151" w:rsidP="0030749D">
+    <w:p w14:paraId="2D5D0221" w14:textId="77777777" w:rsidR="00C56433" w:rsidRDefault="00C56433" w:rsidP="0030749D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4813B790" w14:textId="77777777" w:rsidR="00DF3151" w:rsidRDefault="00DF3151" w:rsidP="0030749D">
+    <w:p w14:paraId="56FEB8F6" w14:textId="77777777" w:rsidR="00C56433" w:rsidRDefault="00C56433" w:rsidP="0030749D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...14 lines deleted...]
-        <w:r>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AF8A267" w14:textId="3187E05D" w:rsidR="00E31376" w:rsidRDefault="00B62957">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B3B0D9D" wp14:editId="640C4551">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>-274320</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9713595</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2444115" cy="814705"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapNone/>
+          <wp:docPr id="53517096" name="Immagine 53517096"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="11" name="Immagine 11"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="67711"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2444115" cy="814705"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0581848B" wp14:editId="51E08D9C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>1493520</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-601980</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4823460" cy="584791"/>
+              <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+              <wp:wrapNone/>
+              <wp:docPr id="675830042" name="Casella di testo 675830042"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4823460" cy="584791"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4C5D7D3E" w14:textId="77777777" w:rsidR="00B62957" w:rsidRDefault="00B62957" w:rsidP="00B62957">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Segretaria Amministrativa: Dott.ssa Fabiola Nucifora </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00CF183E">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Via</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Is</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Mirrionis, 1 – Cagliari </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00CF183E">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">- Tel </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>+39 070/6757525.</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00CF183E">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> –</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> e</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000E05AF">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>ma</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">il </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="003B5577">
+                              <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>segpsico@unica.it</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="399AA44B" w14:textId="77777777" w:rsidR="00B62957" w:rsidRPr="004C59E9" w:rsidRDefault="00B62957" w:rsidP="00B62957">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:hyperlink r:id="rId3" w:history="1">
+                            <w:r w:rsidRPr="004C59E9">
+                              <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                          <w:r w:rsidRPr="004C59E9">
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0581848B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Casella di testo 675830042" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:117.6pt;margin-top:-47.4pt;width:379.8pt;height:46.05pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAC//kNwIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wjQQGlEqBgV0yTU&#10;VqJTn41jk0iOz7MNCfvrd3YCpd2epvFg7nzn+/F9d5nft7UiR2FdBTqno8GQEqE5FJXe5/THy/rL&#10;jBLnmS6YAi1yehKO3i8+f5o3JhNjKEEVwhIMol3WmJyW3pssSRwvRc3cAIzQaJRga+ZRtfuksKzB&#10;6LVKxsPhNGnAFsYCF87h7UNnpIsYX0rB/ZOUTniicoq1+XjaeO7CmSzmLNtbZsqK92Wwf6iiZpXG&#10;pJdQD8wzcrDVH6HqiltwIP2AQ52AlBUXsQfsZjT80M22ZEbEXhAcZy4wuf8Xlj8et+bZEt9+hRYJ&#10;DIA0xmUOL0M/rbR1+MdKCdoRwtMFNtF6wvEynY1v0imaONoms/T2LoZJ3l4b6/w3ATUJQk4t0hLR&#10;YseN85gRXc8uIZkDVRXrSqmonNxKWXJkyCASX0BDiWLO42VO1/EXisYQ754pTZqcTm8mw5hJQ4jX&#10;+SmN7m9NBsm3u7bvfAfFCQGx0M2KM3xdYdUbTPnMLA4HNooD75/wkAowCfQSJSXYX3+7D/7IGVop&#10;aXDYcup+HpgV2Ml3jWzejdI0TGdU0sntGBV7bdldW/ShXgGiMcLVMjyKwd+rsygt1K+4F8uQFU1M&#10;c8ydU38WV75bAdwrLpbL6ITzaJjf6K3hIXSAPnDy0r4ya3riPFL+COexZNkH/jrf8FLD8uBBVpHc&#10;AHCHao87znIkrN+7sCzXevR6+zosfgMAAP//AwBQSwMEFAAGAAgAAAAhAGF7Me7iAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxah/BTGuJUCIGgElEhIHF14yUJxOsodpu0&#10;T8/Cpdx2d0az36SL0bZii71vHCk4m0YgkEpnGqoUvL89TK5B+KDJ6NYRKtihh0V2fJTqxLiBXnFb&#10;hEpwCPlEK6hD6BIpfVmj1X7qOiTWPl1vdeC1r6Tp9cDhtpVxFF1JqxviD7Xu8K7G8rvYWAUfQ/HY&#10;r5bLr5fuKd+v9kX+jPe5Uqcn4+0NiIBjOJjhF5/RIWOmtduQ8aJVEJ9fxmxVMJlfcAd2zP+GNV/i&#10;Gcgslf8rZD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgAv/5DcCAABlBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYXsx7uIAAAAKAQAADwAA&#10;AAAAAAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="4C5D7D3E" w14:textId="77777777" w:rsidR="00B62957" w:rsidRDefault="00B62957" w:rsidP="00B62957">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Segretaria Amministrativa: Dott.ssa Fabiola Nucifora </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00CF183E">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Via</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Is</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Mirrionis, 1 – Cagliari </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00CF183E">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">- Tel </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>+39 070/6757525.</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00CF183E">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> –</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> e</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000E05AF">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>ma</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">il </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId4" w:history="1">
+                      <w:r w:rsidRPr="003B5577">
+                        <w:rPr>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>segpsico@unica.it</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="399AA44B" w14:textId="77777777" w:rsidR="00B62957" w:rsidRPr="004C59E9" w:rsidRDefault="00B62957" w:rsidP="00B62957">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:hyperlink r:id="rId5" w:history="1">
+                      <w:r w:rsidRPr="004C59E9">
+                        <w:rPr>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                    <w:r w:rsidRPr="004C59E9">
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="418217973"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E31376">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E31376">
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
   <w:p w14:paraId="4D96D005" w14:textId="77777777" w:rsidR="00E31376" w:rsidRDefault="00E31376">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0226326F" w14:textId="08F10C27" w:rsidR="00B63278" w:rsidRDefault="00E31376" w:rsidP="008C5C09">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="-1694"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BEA6B" wp14:editId="499FF272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>1529080</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-743585</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4823460" cy="584791"/>
               <wp:effectExtent l="0" t="0" r="0" b="6350"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4823460" cy="584791"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2451007C" w14:textId="05D28F12" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
+                        <w:p w14:paraId="2451007C" w14:textId="74173FF6" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Segretario Amministrativo: </w:t>
-[...7 lines deleted...]
-                            <w:t>Rag. Sandro Deiana</w:t>
+                            <w:t>Segretari</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00B62957">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>.</w:t>
+                            <w:t xml:space="preserve"> Amministrativ</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00B62957">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">: </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00B62957">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Dott.ssa Fabiola Nucifora </w:t>
                           </w:r>
                           <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> – Via</w:t>
+                            <w:t xml:space="preserve"> Via</w:t>
                           </w:r>
                           <w:r w:rsidR="00AC4E14">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidR="004C59E9">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Is</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidR="004C59E9">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                            <w:t>, 1</w:t>
+                            <w:t xml:space="preserve"> Mirrionis, 1</w:t>
                           </w:r>
                           <w:r w:rsidR="00C44D5D">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – </w:t>
                           </w:r>
                           <w:r w:rsidR="00AC4E14">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Cagliari </w:t>
                           </w:r>
                           <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">- Tel </w:t>
                           </w:r>
@@ -1220,188 +1651,194 @@
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId1" w:history="1">
                             <w:r w:rsidR="004C59E9" w:rsidRPr="003B5577">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r w:rsidR="004C59E9">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="58FEF00E" w14:textId="334CF077" w:rsidR="00E31376" w:rsidRPr="004C59E9" w:rsidRDefault="00000000" w:rsidP="004C59E9">
+                        <w:p w14:paraId="58FEF00E" w14:textId="334CF077" w:rsidR="00E31376" w:rsidRPr="004C59E9" w:rsidRDefault="004C59E9" w:rsidP="004C59E9">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId2" w:history="1">
-                            <w:r w:rsidR="004C59E9" w:rsidRPr="004C59E9">
+                            <w:r w:rsidRPr="004C59E9">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
-                          <w:r w:rsidR="004C59E9" w:rsidRPr="004C59E9">
+                          <w:r w:rsidRPr="004C59E9">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="226BEA6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Casella di testo 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:120.4pt;margin-top:-58.55pt;width:379.8pt;height:46.05pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAt1VsGKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wjQQGlEqBgV0yTU&#10;VqJTn41jk0iOz7MNCfvrd3YCpd2epr04d77zdz++u8zv21qRo7CuAp3T0WBIidAcikrvc/rjZf1l&#10;RonzTBdMgRY5PQlH7xefP80bk4kxlKAKYQmCaJc1Jqel9yZLEsdLUTM3ACM0GiXYmnlU7T4pLGsQ&#10;vVbJeDicJg3Ywljgwjm8feiMdBHxpRTcP0nphCcqp5ibj6eN5y6cyWLOsr1lpqx4nwb7hyxqVmkM&#10;eoF6YJ6Rg63+gKorbsGB9AMOdQJSVlzEGrCa0fBDNduSGRFrweY4c2mT+3+w/PG4Nc+W+PYrtEhg&#10;aEhjXObwMtTTSluHL2ZK0I4tPF3aJlpPOF6ms/FNOkUTR9tklt7eRZjk7bWxzn8TUJMg5NQiLbFb&#10;7LhxHiOi69klBHOgqmJdKRWVMApipSw5MiRR+TP4Oy+lSZPT6c1kGIE1hOcdstIY4K2mIPl21/aF&#10;7qA4Yf0WutFwhq8rTHLDnH9mFmcB68L59k94SAUYBHqJkhLsr7/dB3+kCK2UNDhbOXU/D8wKStR3&#10;jeTdjdI0DGNU0sntGBV7bdldW/ShXgFWPsJNMjyKwd+rsygt1K+4BssQFU1Mc4ydU38WV76beFwj&#10;LpbL6ITjZ5jf6K3hATp0OlDw0r4ya3qePDL8COcpZNkHujrf8FLD8uBBVpHL0OCuq33fcXQjxf2a&#10;hd241qPX289g8RsAAP//AwBQSwMEFAAGAAgAAAAhAOeUWxPkAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81uwjAQhO+V+g7WVuqlAjsBCgpxUFX1R+JWAq24mXhJosbrKDZJ+vY1p/a4s6OZb9LN&#10;aBrWY+dqSxKiqQCGVFhdUylhn79OVsCcV6RVYwkl/KCDTXZ7k6pE24E+sN/5koUQcomSUHnfJpy7&#10;okKj3NS2SOF3tp1RPpxdyXWnhhBuGh4L8ciNqik0VKrF5wqL793FSDg+lF9bN74dhtli1r689/ny&#10;U+dS3t+NT2tgHkf/Z4YrfkCHLDCd7IW0Y42EeC4CupcwiaJlBOxqEULMgZ2CFi8E8Czl/1dkvwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAt1VsGKwIAAFQEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnlFsT5AAAAA0BAAAPAAAAAAAAAAAAAAAA&#10;AIUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Casella di testo 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:120.4pt;margin-top:-58.55pt;width:379.8pt;height:46.05pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4KIEwLgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykSZoacYosRYYB&#10;RVsgHXpWZCkWIIuapMTOfv0oOV/tdhp2kUmRehTfozy7b2tN9sJ5Baagg16fEmE4lMpsC/rjdfVl&#10;SokPzJRMgxEFPQhP7+efP80am4shVKBL4QiCGJ83tqBVCDbPMs8rUTPfAysMBiW4mgV03TYrHWsQ&#10;vdbZsN+fZA240jrgwnvcfeiCdJ7wpRQ8PEvpRSC6oHi3kFaX1k1cs/mM5VvHbKX48RrsH25RM2Ww&#10;6BnqgQVGdk79AVUr7sCDDD0OdQZSKi5SD9jNoP+hm3XFrEi9IDnenmny/w+WP+3X9sWR0H6FFgWM&#10;hDTW5x43Yz+tdHX84k0JxpHCw5k20QbCcXM0Hd6MJhjiGBtPR7d3CSa7nLbOh28CahKNgjqUJbHF&#10;9o8+YEVMPaXEYh60KldK6+TEURBL7cieoYg6nMDfZWlDmoJObsb9BGwgHu+QtcECl56iFdpNS1R5&#10;1e8GygPS4KCbEG/5SuFdH5kPL8zhSGB7OObhGRepAWvB0aKkAvfrb/sxH5XCKCUNjlhB/c8dc4IS&#10;/d2ghneD0SjOZHJG49shOu46srmOmF29BCRggA/K8mTG/KBPpnRQv+FrWMSqGGKGY+2ChpO5DN3g&#10;42viYrFISTiFloVHs7Y8QkfCoxKv7Rtz9ihXQKGf4DSMLP+gWpcbTxpY7AJIlSSNPHesHunHCU5K&#10;H19bfCLXfsq6/BPmvwEAAP//AwBQSwMEFAAGAAgAAAAhAOeUWxPkAAAADQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81uwjAQhO+V+g7WVuqlAjsBCgpxUFX1R+JWAq24mXhJosbrKDZJ+vY1p/a4s6OZ&#10;b9LNaBrWY+dqSxKiqQCGVFhdUylhn79OVsCcV6RVYwkl/KCDTXZ7k6pE24E+sN/5koUQcomSUHnf&#10;Jpy7okKj3NS2SOF3tp1RPpxdyXWnhhBuGh4L8ciNqik0VKrF5wqL793FSDg+lF9bN74dhtli1r68&#10;9/nyU+dS3t+NT2tgHkf/Z4YrfkCHLDCd7IW0Y42EeC4CupcwiaJlBOxqEULMgZ2CFi8E8Czl/1dk&#10;vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4KIEwLgIAAFsEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnlFsT5AAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAIgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2451007C" w14:textId="05D28F12" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
+                  <w:p w14:paraId="2451007C" w14:textId="74173FF6" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Segretario Amministrativo: </w:t>
-[...7 lines deleted...]
-                      <w:t>Rag. Sandro Deiana</w:t>
+                      <w:t>Segretari</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00B62957">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>.</w:t>
+                      <w:t xml:space="preserve"> Amministrativ</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00B62957">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">: </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00B62957">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Dott.ssa Fabiola Nucifora </w:t>
                     </w:r>
                     <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> – Via</w:t>
+                      <w:t xml:space="preserve"> Via</w:t>
                     </w:r>
                     <w:r w:rsidR="00AC4E14">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidR="004C59E9">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Is</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidR="004C59E9">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                      <w:t>, 1</w:t>
+                      <w:t xml:space="preserve"> Mirrionis, 1</w:t>
                     </w:r>
                     <w:r w:rsidR="00C44D5D">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> – </w:t>
                     </w:r>
                     <w:r w:rsidR="00AC4E14">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Cagliari </w:t>
                     </w:r>
                     <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">- Tel </w:t>
                     </w:r>
@@ -1482,69 +1919,69 @@
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId3" w:history="1">
                       <w:r w:rsidR="004C59E9" w:rsidRPr="003B5577">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidR="004C59E9">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="58FEF00E" w14:textId="334CF077" w:rsidR="00E31376" w:rsidRPr="004C59E9" w:rsidRDefault="00000000" w:rsidP="004C59E9">
+                  <w:p w14:paraId="58FEF00E" w14:textId="334CF077" w:rsidR="00E31376" w:rsidRPr="004C59E9" w:rsidRDefault="004C59E9" w:rsidP="004C59E9">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId4" w:history="1">
-                      <w:r w:rsidR="004C59E9" w:rsidRPr="004C59E9">
+                      <w:r w:rsidRPr="004C59E9">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
-                    <w:r w:rsidR="004C59E9" w:rsidRPr="004C59E9">
+                    <w:r w:rsidRPr="004C59E9">
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="002167FB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F80E56" wp14:editId="6A21000F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-809895</wp:posOffset>
           </wp:positionH>
@@ -1585,110 +2022,110 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26AF21D1" w14:textId="77777777" w:rsidR="00DF3151" w:rsidRDefault="00DF3151" w:rsidP="0030749D">
+    <w:p w14:paraId="3556E0F9" w14:textId="77777777" w:rsidR="00C56433" w:rsidRDefault="00C56433" w:rsidP="0030749D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F53BCF5" w14:textId="77777777" w:rsidR="00DF3151" w:rsidRDefault="00DF3151" w:rsidP="0030749D">
+    <w:p w14:paraId="134E7558" w14:textId="77777777" w:rsidR="00C56433" w:rsidRDefault="00C56433" w:rsidP="0030749D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D36BEFE" w14:textId="3749DDB2" w:rsidR="0030749D" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="11706959">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark1207805810" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:620pt;height:877pt;z-index:-251657216;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="9203_f3_carta intestata UNICA_037"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AC6553D" w14:textId="64BB461F" w:rsidR="0030749D" w:rsidRPr="002F0D7B" w:rsidRDefault="00B60B01" w:rsidP="00E16371">
     <w:pPr>
       <w:ind w:left="-1276" w:right="-1694"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E16F42A" wp14:editId="1C6056DE">
           <wp:extent cx="7588800" cy="1353600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Immagine 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="Immagine 6"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -1709,51 +2146,51 @@
                     <a:ext cx="7588800" cy="1353600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="381CF6EC" w14:textId="77777777" w:rsidR="00D82FF5" w:rsidRPr="00D82FF5" w:rsidRDefault="00D82FF5" w:rsidP="00D82FF5">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:left="709" w:hanging="1418"/>
       <w:rPr>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D82FF5">
       <w:rPr>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       </w:rPr>
       <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="290980FC" w14:textId="4A398B4F" w:rsidR="004A1477" w:rsidRPr="00D82FF5" w:rsidRDefault="00D82FF5" w:rsidP="00D82FF5">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:left="709" w:hanging="1418"/>
       <w:rPr>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D82FF5">
       <w:rPr>
@@ -1820,51 +2257,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00F65008" w:rsidRPr="00D82FF5">
       <w:rPr>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -1959,60 +2396,63 @@
     <w:rsid w:val="00941BE5"/>
     <w:rsid w:val="009449CA"/>
     <w:rsid w:val="00962C6E"/>
     <w:rsid w:val="009B4A81"/>
     <w:rsid w:val="009D3EC3"/>
     <w:rsid w:val="009E03DC"/>
     <w:rsid w:val="009E16F6"/>
     <w:rsid w:val="009F2A67"/>
     <w:rsid w:val="00A0184A"/>
     <w:rsid w:val="00A420E0"/>
     <w:rsid w:val="00A67EF3"/>
     <w:rsid w:val="00A75007"/>
     <w:rsid w:val="00A82334"/>
     <w:rsid w:val="00AA2D86"/>
     <w:rsid w:val="00AB43B1"/>
     <w:rsid w:val="00AC4E14"/>
     <w:rsid w:val="00AC7939"/>
     <w:rsid w:val="00AE60E0"/>
     <w:rsid w:val="00B02BDC"/>
     <w:rsid w:val="00B055DE"/>
     <w:rsid w:val="00B142E5"/>
     <w:rsid w:val="00B3790B"/>
     <w:rsid w:val="00B37940"/>
     <w:rsid w:val="00B60B01"/>
     <w:rsid w:val="00B61DCF"/>
+    <w:rsid w:val="00B62957"/>
     <w:rsid w:val="00B63278"/>
     <w:rsid w:val="00B700C1"/>
+    <w:rsid w:val="00BA1E9C"/>
     <w:rsid w:val="00BC10C0"/>
     <w:rsid w:val="00BD5510"/>
     <w:rsid w:val="00BE4E10"/>
     <w:rsid w:val="00BE7729"/>
     <w:rsid w:val="00C36D3F"/>
     <w:rsid w:val="00C44D5D"/>
     <w:rsid w:val="00C45C3D"/>
     <w:rsid w:val="00C514AE"/>
+    <w:rsid w:val="00C56433"/>
     <w:rsid w:val="00C578C3"/>
     <w:rsid w:val="00C64BF6"/>
     <w:rsid w:val="00C7619F"/>
     <w:rsid w:val="00C76C94"/>
     <w:rsid w:val="00C92721"/>
     <w:rsid w:val="00C94BB0"/>
     <w:rsid w:val="00CA4E51"/>
     <w:rsid w:val="00CB36D1"/>
     <w:rsid w:val="00CC5DCF"/>
     <w:rsid w:val="00CD20A3"/>
     <w:rsid w:val="00CF183E"/>
     <w:rsid w:val="00CF1A22"/>
     <w:rsid w:val="00D06BA8"/>
     <w:rsid w:val="00D14DDE"/>
     <w:rsid w:val="00D3762E"/>
     <w:rsid w:val="00D545B5"/>
     <w:rsid w:val="00D82FF5"/>
     <w:rsid w:val="00D90ECB"/>
     <w:rsid w:val="00DF3151"/>
     <w:rsid w:val="00DF6E2A"/>
     <w:rsid w:val="00E012E2"/>
     <w:rsid w:val="00E1067C"/>
     <w:rsid w:val="00E133C5"/>
     <w:rsid w:val="00E1483E"/>
     <w:rsid w:val="00E16371"/>
@@ -2051,51 +2491,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5B490D34"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7E0DF9E5-9B01-8642-AC75-6D1707BF5F8E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2712,89 +3152,93 @@
     <w:rsid w:val="000A1416"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentovisitato">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00334CD1"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="407968329">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
+</file>
+
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>