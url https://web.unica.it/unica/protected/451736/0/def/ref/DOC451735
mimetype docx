--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -1,746 +1,704 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="35B8AB3D" w14:textId="77777777" w:rsidR="009E47AE" w:rsidRPr="009E47AE" w:rsidRDefault="009E47AE" w:rsidP="007751F0">
+    <w:p w14:paraId="42F3FAD5" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="088E1A88" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="00830D40" w:rsidP="007751F0">
+    <w:p w14:paraId="24EA99B1" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Al </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4E9C7EF0" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="00695E71" w:rsidP="007751F0">
+        <w:t>Al Direttore del Dipartimento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5716ECBF" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Pedagogia, Psicologia, Filosofia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BEAB7B" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
+    <w:p w14:paraId="2585463D" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>S E D E</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C575EA" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
+    <w:p w14:paraId="04E44664" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Cagliari, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F493886" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
+    <w:p w14:paraId="446D0E98" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070A2E19" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
-[...7 lines deleted...]
-    <w:p w14:paraId="2C972F27" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
+    <w:p w14:paraId="26D5B3C3" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5E11CF" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Oggetto: richiesta attivazione procedura per bando interno ed esterno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF8BC3E" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
+    <w:p w14:paraId="06DE2777" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:ind w:firstLine="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="675A5E87" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="007751F0">
-[...7 lines deleted...]
-    <w:p w14:paraId="10E9503D" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="139CBE0D" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F33A693" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Il</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> _________________ Responsabile Scientifico del progetto di ricerca ________________, finanziato da ____________________ chiede che venga attivata la procedura per il conferimento di un incarico per lo svolgimento della seguente attività</w:t>
+        <w:t>Il/La sottoscritto/a _________________ Responsabile Scientifico del progetto di ricerca ________________, finanziato da ____________________ chiede che venga attivata la procedura per il conferimento di un incarico per lo svolgimento della seguente attività</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>: ”</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>___________________________” nell’ambito del progetto medesimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B7FCEA" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="7B8A5BE5" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Si chiede pertanto che venga attivata l’INDAGINE RIVOLTA AL PERSONALE INTERNO e nel caso non fosse sufficiente che venga attivato un bando esterno per l’attivazione di un contratto di ____________ (LAVORO AUTONOMO OCCASIONALE/PROFESSIONALE O COLLABORAZIONE COORDINATA E CONTINUATIVA). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6E8528" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
-[...8 lines deleted...]
-    <w:p w14:paraId="2CF73BCE" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="05F46232" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B67D156" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>REQUISITI RICHIESTI:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BE135F" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="28D69A6C" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Laurea ___________ ecc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF9EC91" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
-[...8 lines deleted...]
-    <w:p w14:paraId="07F55457" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="4BEEF454" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29202537" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>DURATA E LUOGO:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B14307" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="51407BA2" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>L’incarico durerà _______________ e si svolgerà presso ___________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506550F0" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
-[...8 lines deleted...]
-    <w:p w14:paraId="59DEE885" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="31D3C8B9" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24C83700" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>COMPENSO AL LORDO DEGLI ONERI A CARICO AMMINISTRAZIONE € ______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578B0E48" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="2FF2D404" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(Comprensivo di tutte le spese vive per l’effettuazione della prestazione).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAFC371" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
-[...8 lines deleted...]
-    <w:p w14:paraId="4DE96D03" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="11BC6F34" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0502D7E4" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">VALUTAZIONE DEI TITOLI </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F07F751" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
-[...8 lines deleted...]
-    <w:p w14:paraId="3FA78F21" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="5920E991" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EAD522A" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">La Commissione dispone in totale di 100 punti, di cui 40 per la valutazione dei titoli e punti 60 per il colloquio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2AC161" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="3A360414" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">La procedura di valutazione dei titoli avviene secondo i seguenti criteri: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7549584A" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="45473F8B" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Criteri Punteggio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19CCF59D" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="595D8DE3" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Voto di laurea</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F73CB5" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="751927DC" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Votazione da 91 a 100: punti 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E0E032" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="611B206D" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Votazione da 101 a 105: punti 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F059BFC" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="68B7D906" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Votazione da 106 a 109: punti 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653DC067" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="700DBCCE" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Votazione 110 e 110 con lode: punti 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0B0F8E" w14:textId="77777777" w:rsidR="008852F6" w:rsidRDefault="008852F6" w:rsidP="009E47AE">
+    <w:p w14:paraId="5A110DD1" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C606FC8" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="5B4BE2D1" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Esperienza professionale comprovata</w:t>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>: 1 punto per ogni anno di attività professionale coerente con la prestazione richiesta (max 10 punti);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAD4A83" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="0949483E" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Altri titoli (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>max 26 da adeguare a seconda della tipologia della prestazione, fermo restando che la struttura deve fare lo “sforzo” di predeterminare in precedenza i criteri e i punteggi di questi eventuali titoli).</w:t>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05104B00" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="5B651D9B" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D19F672" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="512DAE28" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Per quanto riguarda il punteggio del colloquio, i criteri per l’attribuzione del punteggio sono i seguenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48105D23" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="607F0F1E" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Conoscenza della normativa/materia di settore fino a un massimo di X punti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D1ECDE" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="0573E2E5" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Capacità organizzativa e di coordinamento fino a un massimo di X punti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E78E2BB" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="49D41B5F" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Conoscenza lingua straniera fino a un massimo di X punti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9EF0DB" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="692ADD7B" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Conoscenze informatiche fino a un massimo di X punti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628AE1FD" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
+    <w:p w14:paraId="2C7FACF3" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>[per quanto attiene le competenze linguistiche ed informatiche, a seconda delle caratteristiche del profilo richiesto, al posto dell’attribuzione di un punteggio numerico si evidenzia la possibilità di richiedere la semplice idoneità]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050C9E6D" w14:textId="77777777" w:rsidR="00243D39" w:rsidRPr="009E47AE" w:rsidRDefault="00243D39" w:rsidP="009E47AE">
-[...17 lines deleted...]
-    <w:p w14:paraId="6BDF3053" w14:textId="77777777" w:rsidR="007751F0" w:rsidRPr="009E47AE" w:rsidRDefault="007751F0" w:rsidP="009E47AE">
+    <w:p w14:paraId="391AA405" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E132111" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRPr="009E47AE" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E6E1005" w14:textId="2650491C" w:rsidR="005E44C3" w:rsidRDefault="000D1AF9" w:rsidP="000D1AF9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -839,2732 +797,1090 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009E47AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>FIRMA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4DCFA5" w14:textId="77777777" w:rsidR="008F31AC" w:rsidRPr="009E47AE" w:rsidRDefault="008F31AC" w:rsidP="009E47AE">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="008F31AC" w:rsidRPr="009E47AE" w:rsidSect="009E47AE">
+    <w:p w14:paraId="5F698048" w14:textId="77777777" w:rsidR="005E44C3" w:rsidRPr="005D213B" w:rsidRDefault="005E44C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005E44C3" w:rsidRPr="005D213B" w:rsidSect="00BC6C98">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="907" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="851" w:header="0" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D5BC111" w14:textId="77777777" w:rsidR="001C419A" w:rsidRDefault="001C419A">
+    <w:p w14:paraId="621FCB34" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRDefault="000D1AF9" w:rsidP="00635905">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FBEBFBD" w14:textId="77777777" w:rsidR="001C419A" w:rsidRDefault="001C419A">
+    <w:p w14:paraId="7C8AD1F3" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRDefault="000D1AF9" w:rsidP="00635905">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...12 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="53CF09B1" w14:textId="77777777" w:rsidR="003C4F43" w:rsidRDefault="009E47AE" w:rsidP="00516FDE">
+  <w:p w14:paraId="5F34B33D" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
-      <w:rPr>
-[...4 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r>
-[...477 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7F0C2159" w14:textId="77777777" w:rsidR="003C4F43" w:rsidRDefault="003C4F43" w:rsidP="00841F59">
+  <w:p w14:paraId="6C3CD78C" w14:textId="77777777" w:rsidR="005D213B" w:rsidRPr="00DC491A" w:rsidRDefault="005D213B" w:rsidP="005D213B">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...2 lines deleted...]
-      <w:pStyle w:val="Pidipagina"/>
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...209 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="005F35A8">
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
-        <w:rStyle w:val="Numeropagina"/>
-[...2 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="005F35A8">
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
-        <w:rStyle w:val="Numeropagina"/>
-[...2 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008F31AC">
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
-        <w:rStyle w:val="Numeropagina"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="005F35A8">
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
-        <w:rStyle w:val="Numeropagina"/>
-[...2 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE63CF6" w14:textId="77777777" w:rsidR="00830D40" w:rsidRDefault="009E47AE" w:rsidP="00830D40">
+  <w:p w14:paraId="0273CCA0" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="005D213B" w:rsidRDefault="005E44C3" w:rsidP="00CF4EEE">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="360" w:right="278"/>
+      <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-        <w:lang w:eastAsia="x-none"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="005D213B">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:pict w14:anchorId="5AEBA00D">
-[...126 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6689D6AF" wp14:editId="50FDF022">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>1930400</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-351155</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4240530" cy="532765"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="20853"/>
+                  <wp:lineTo x="21542" y="20853"/>
+                  <wp:lineTo x="21542" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="622400102" name="info segreteria prima pag."/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4240530" cy="532765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="115395CF" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="4EA6D986" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="71F3D3C7" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">e-mail </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId1" w:history="1">
+                            <w:r w:rsidRPr="009559CC">
+                              <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>segpsico@unica.it</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">, </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">web: </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="009559CC">
+                              <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6689D6AF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="info segreteria prima pag." o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:152pt;margin-top:-27.65pt;width:333.9pt;height:41.95pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq+CnkKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w82xlxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZeazbadhFJkXq4+uj5w9trchRWFeBzulwkFIiNIei0vucfn9df7qn&#10;xHmmC6ZAi5yehKMPi48f5o3JxAhKUIWwBEG0yxqT09J7kyWJ46WomRuAERqNEmzNPKp2nxSWNYhe&#10;q2SUprOkAVsYC1w4h7ePnZEuIr6UgvtnKZ3wROUUc/PxtPHchTNZzFm2t8yUFe/TYP+QRc0qjUEv&#10;UI/MM3Kw1R9QdcUtOJB+wKFOQMqKi1gDVjNM31WzLZkRsRZsjjOXNrn/B8ufjlvzYolvv0CLAwwN&#10;aYzLHF6Gelpp6/DFTAnasYWnS9tE6wnHy8lokk7HaOJom45Hd7NpgEmur411/quAmgQhpxbHErvF&#10;jhvnO9ezSwjmQFXFulIqKoEKYqUsOTIcovIxRwT/zUtp0uR0Np6mEVhDeN4hK425XGsKkm93bV/o&#10;DooT1m+ho4YzfF1hkhvm/AuzyAWsC/ntn/GQCjAI9BIlJdiff7sP/jgitFLSILdy6n4cmBWUqG8a&#10;h/d5OJkEMkZlMr0boWJvLbtbiz7UK8DKh7hJhkcx+Ht1FqWF+g3XYBmioolpjrFz6s/iyneMxzXi&#10;YrmMTkg/w/xGbw0P0KHTYQSv7Ruzpp+Txwk/wZmFLHs3rs43vNSwPHiQVZxlaHDX1b7vSN3Ihn7N&#10;wm7c6tHr+jNY/AIAAP//AwBQSwMEFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SGxQ67QhbQmZVAjxkNjRtCB2bmySiHgcxW4S/p5hBcvRXN17Trad&#10;bCsG0/vGEcJiHoEwVDrdUIWwLx5nGxA+KNKqdWQQvo2HbX5+lqlUu5FezbALleAS8qlCqEPoUil9&#10;WRur/Nx1hvj36XqrAp99JXWvRi63rVxG0Upa1RAv1Koz97Upv3Yni/BxVb2/+OnpMMZJ3D08D8X6&#10;TReIlxfT3S2IYKbwF4ZffEaHnJmO7kTaixYhjq7ZJSDMkiQGwYmb9YJljgjLzQpknsn/CvkPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKr4KeQrAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="115395CF" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="4EA6D986" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="71F3D3C7" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">e-mail </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId3" w:history="1">
+                      <w:r w:rsidRPr="009559CC">
+                        <w:rPr>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>segpsico@unica.it</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">, </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">web: </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId4" w:history="1">
+                      <w:r w:rsidRPr="009559CC">
+                        <w:rPr>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="en-GB"/>
+                        </w:rPr>
+                        <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="tight" anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="005D213B">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:pict w14:anchorId="1C680404">
-[...410 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38F22C28" wp14:editId="3D94D246">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-532765</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9872345</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2444115" cy="813435"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21246"/>
+              <wp:lineTo x="21381" y="21246"/>
+              <wp:lineTo x="21381" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="290935927" name="logo UNICA piede prima pag."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="912638076" name="logo UNICA piede prima pag."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId5">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="67711"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2444115" cy="813435"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="792BA5C7" w14:textId="77777777" w:rsidR="001C419A" w:rsidRDefault="001C419A">
+    <w:p w14:paraId="460554A2" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRDefault="000D1AF9" w:rsidP="00635905">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A37F2FB" w14:textId="77777777" w:rsidR="001C419A" w:rsidRDefault="001C419A">
+    <w:p w14:paraId="0CF08A7F" w14:textId="77777777" w:rsidR="000D1AF9" w:rsidRDefault="000D1AF9" w:rsidP="00635905">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...83 lines deleted...]
-  <w:p w14:paraId="22D13045" w14:textId="77777777" w:rsidR="003C4F43" w:rsidRPr="00BC5C12" w:rsidRDefault="003C4F43" w:rsidP="00FE03D1">
+  <w:p w14:paraId="02CCC175" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
-      <w:ind w:right="-624"/>
-[...4 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...84 lines deleted...]
-  <w:p w14:paraId="363CB388" w14:textId="77777777" w:rsidR="003C4F43" w:rsidRPr="00841F59" w:rsidRDefault="003C4F43" w:rsidP="009D605D">
+  <w:p w14:paraId="4CC63727" w14:textId="77777777" w:rsidR="009559CC" w:rsidRPr="00DC491A" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
-      <w:ind w:left="-851"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A8390A1" wp14:editId="745023BD">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-530860</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>9525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7555865" cy="1346200"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="6350"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21396"/>
+              <wp:lineTo x="21566" y="21396"/>
+              <wp:lineTo x="21566" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1287656178" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="10927073" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="87395"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7555865" cy="1346200"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...161 lines deleted...]
-  <w:p w14:paraId="335EBA0B" w14:textId="77777777" w:rsidR="003C4F43" w:rsidRPr="00841F59" w:rsidRDefault="003C4F43" w:rsidP="009E47AE">
+  <w:p w14:paraId="4FB9461D" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009B0D78" w:rsidRDefault="00635905" w:rsidP="00635905">
     <w:pPr>
-      <w:pStyle w:val="Intestazione"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:ind w:left="851"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F3864"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4177ECCA" wp14:editId="30C3E736">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-532765</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>10795</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7552800" cy="1195200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21348"/>
+              <wp:lineTo x="21520" y="21348"/>
+              <wp:lineTo x="21520" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="73171930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1288720930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7552800" cy="1195200"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="009B0D78">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F3864"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="11C39D61" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00635905" w:rsidRDefault="00635905" w:rsidP="00635905">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:ind w:left="851"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Direttrice: Prof.ssa Elisabetta Gola</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:displayBackgroundShape/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
-  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009D605D"/>
-[...739 lines deleted...]
-    <w:rsid w:val="00FF693E"/>
+    <w:rsidRoot w:val="000D1AF9"/>
+    <w:rsid w:val="000D1AF9"/>
+    <w:rsid w:val="002A647D"/>
+    <w:rsid w:val="004A344F"/>
+    <w:rsid w:val="00515E40"/>
+    <w:rsid w:val="005B7ADC"/>
+    <w:rsid w:val="005D213B"/>
+    <w:rsid w:val="005E44C3"/>
+    <w:rsid w:val="00635905"/>
+    <w:rsid w:val="009559CC"/>
+    <w:rsid w:val="00B217FB"/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rsid w:val="00CF4EEE"/>
+    <w:rsid w:val="00D5753F"/>
+    <w:rsid w:val="00DB2FFA"/>
+    <w:rsid w:val="00DC491A"/>
+    <w:rsid w:val="00E65E90"/>
+    <w:rsid w:val="00F27080"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0EE03FFC"/>
+  <w14:docId w14:val="73BE6A3D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{537B87A0-134B-4BF2-B7C9-2B19B9F35D09}"/>
+  <w15:docId w15:val="{764231B1-6FBF-44D9-AE0A-6826446AF8C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3713,267 +2029,739 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+    <w:rsid w:val="000D1AF9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="it-IT"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo1Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo2Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo3Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo4Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo5Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo6Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo7Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo8Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo9Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
+    <w:name w:val="Titolo 1 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2Carattere">
+    <w:name w:val="Titolo 2 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo3Carattere">
+    <w:name w:val="Titolo 3 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo4Carattere">
+    <w:name w:val="Titolo 4 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo5Carattere">
+    <w:name w:val="Titolo 5 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo6Carattere">
+    <w:name w:val="Titolo 6 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo7Carattere">
+    <w:name w:val="Titolo 7 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo8Carattere">
+    <w:name w:val="Titolo 8 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo9Carattere">
+    <w:name w:val="Titolo 9 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="TitoloCarattere"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
+    <w:name w:val="Titolo Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="SottotitoloCarattere"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SottotitoloCarattere">
+    <w:name w:val="Sottotitolo Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Sottotitolo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazione">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneCarattere"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneCarattere">
+    <w:name w:val="Citazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazione"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Enfasiintensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazioneintensa">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneintensaCarattere"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneintensaCarattere">
+    <w:name w:val="Citazione intensa Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazioneintensa"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Riferimentointenso">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
-    <w:rsid w:val="009D605D"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Intestazione"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00635905"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
-    <w:rsid w:val="009D605D"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...13 lines deleted...]
-    </w:tblPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00635905"/>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="000518B9"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...67 lines deleted...]
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentovisitato">
     <w:name w:val="FollowedHyperlink"/>
-    <w:rsid w:val="009E47AE"/>
-[...1 lines deleted...]
-      <w:color w:val="96607D"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\WoOz\OneDrive%20-%20Universit&#224;%20di%20Cagliari\Documenti\PUB\moduli%20HR%20EG%20FN\_modello_HR_EG_FN.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4138,65 +2926,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -4217,340 +3005,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>_modello_HR_EG_FN.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>363</Words>
-  <Characters>2075</Characters>
+  <Words>351</Words>
+  <Characters>2087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>A</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Università degli studi di Cagliari</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2434</CharactersWithSpaces>
+  <CharactersWithSpaces>2402</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...254 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>A</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>sloi</dc:creator>
+  <dc:creator>WoOz</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>