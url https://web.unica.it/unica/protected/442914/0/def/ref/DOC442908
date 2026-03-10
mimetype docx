--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="285DD7F9" w14:textId="77777777" w:rsidR="006108BF" w:rsidRDefault="006108BF" w:rsidP="00D07ED0">
       <w:pPr>
         <w:pStyle w:val="Universit-dataeindirizzo"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="333320A8" w14:textId="77777777" w:rsidR="00F57762" w:rsidRPr="009D58F0" w:rsidRDefault="00F57762" w:rsidP="00D07ED0"/>
     <w:p w14:paraId="4B78A585" w14:textId="77777777" w:rsidR="00F57762" w:rsidRPr="009D58F0" w:rsidRDefault="00866EF0" w:rsidP="00E14A57">
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E72CD02" w14:textId="77777777" w:rsidR="00DF06AB" w:rsidRPr="00DB4A7B" w:rsidRDefault="001D6F72" w:rsidP="00FC4C1E">
       <w:pPr>
         <w:pStyle w:val="Universit-dataeindirizzo"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9000"/>
         </w:tabs>
         <w:ind w:left="5812" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="it-IT"/>
@@ -700,70 +700,70 @@
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001B5695" w:rsidRPr="004C7384" w:rsidSect="00600EF7">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2268" w:right="1701" w:bottom="2268" w:left="1701" w:header="340" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3837E5AB" w14:textId="77777777" w:rsidR="00667202" w:rsidRDefault="00667202" w:rsidP="00E14A57">
+    <w:p w14:paraId="658D4D3F" w14:textId="77777777" w:rsidR="0083534E" w:rsidRDefault="0083534E" w:rsidP="00E14A57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E1E932E" w14:textId="77777777" w:rsidR="00667202" w:rsidRDefault="00667202" w:rsidP="00E14A57">
+    <w:p w14:paraId="4699F39B" w14:textId="77777777" w:rsidR="0083534E" w:rsidRDefault="0083534E" w:rsidP="00E14A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -792,70 +792,75 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42164D56" w14:textId="77777777" w:rsidR="00D07ED0" w:rsidRDefault="005D5ADC" w:rsidP="005D5ADC">
     <w:pPr>
       <w:pStyle w:val="Universit-Direzioneedirigente"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t>S</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="it-IT"/>
       </w:rPr>
       <w:t>ede</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve">: </w:t>
+      <w:t xml:space="preserve">: via </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:t>via Is Mirrionis 1, 09123 CAGLIARI</w:t>
+      <w:t>Is</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> Mirrionis 1, 09123 CAGLIARI</w:t>
     </w:r>
     <w:r>
       <w:br/>
       <w:t>Tel. 070.6757525. - Fax 070274778. - mail: segpsico@unica.it - www.unica.it</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CA1C1C5" w14:textId="77777777" w:rsidR="00D07ED0" w:rsidRPr="004A2D05" w:rsidRDefault="004A2D05" w:rsidP="00D07ED0">
     <w:pPr>
       <w:pStyle w:val="Universit-Direzioneedirigente"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004A2D05">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="004A2D05">
       <w:rPr>
         <w:sz w:val="22"/>
@@ -868,66 +873,66 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FD4BCB">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="004A2D05">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0C4C7A57" w14:textId="77777777" w:rsidR="004C7384" w:rsidRPr="00FC4C1E" w:rsidRDefault="00FC4C1E" w:rsidP="00FC4C1E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C4C7A57" w14:textId="77777777" w:rsidR="004C7384" w:rsidRPr="00FC4C1E" w:rsidRDefault="00000000" w:rsidP="00FC4C1E">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="65B71715">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Casella di testo 2" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:127.95pt;margin-top:-40.35pt;width:323.3pt;height:70.5pt;z-index:251658752;visibility:visible;mso-height-percent:200;mso-wrap-distance-top:3.6pt;mso-wrap-distance-bottom:3.6pt;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+        <v:shape id="Casella di testo 2" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:127.95pt;margin-top:-40.35pt;width:323.3pt;height:70.5pt;z-index:3;visibility:visible;mso-height-percent:200;mso-wrap-distance-top:3.6pt;mso-wrap-distance-bottom:3.6pt;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
           <v:textbox style="mso-fit-shape-to-text:t">
             <w:txbxContent>
               <w:p w14:paraId="06052B69" w14:textId="77777777" w:rsidR="00FC4C1E" w:rsidRPr="00FC4C1E" w:rsidRDefault="00FC4C1E" w:rsidP="00FC4C1E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="clear" w:pos="9000"/>
                     <w:tab w:val="center" w:pos="4819"/>
                     <w:tab w:val="right" w:pos="9638"/>
                   </w:tabs>
                   <w:ind w:left="0" w:right="0"/>
                   <w:jc w:val="left"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FC4C1E">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:b/>
@@ -985,75 +990,125 @@
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t>: Prof.ssa</w:t>
                 </w:r>
                 <w:r w:rsidR="00DB4A7B">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> Elisabetta Gola </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00FC4C1E">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="4C3F6141" w14:textId="77777777" w:rsidR="00FC4C1E" w:rsidRPr="00FC4C1E" w:rsidRDefault="00FC4C1E" w:rsidP="00FC4C1E">
+              <w:p w14:paraId="4C3F6141" w14:textId="0FF6E79C" w:rsidR="00FC4C1E" w:rsidRPr="00FC4C1E" w:rsidRDefault="00FC4C1E" w:rsidP="00FC4C1E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="clear" w:pos="9000"/>
                     <w:tab w:val="center" w:pos="4819"/>
                     <w:tab w:val="right" w:pos="9638"/>
                   </w:tabs>
                   <w:ind w:left="0" w:right="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FC4C1E">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
-                  <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                  <w:t>Segretari</w:t>
+                </w:r>
+                <w:r w:rsidR="00D96DB7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                    <w:color w:val="1F3864"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">a </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FC4C1E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                    <w:color w:val="1F3864"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US"/>
+                  </w:rPr>
+                  <w:t>Amministrativ</w:t>
+                </w:r>
+                <w:r w:rsidR="00D96DB7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                    <w:color w:val="1F3864"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US"/>
+                  </w:rPr>
+                  <w:t>a</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00FC4C1E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                    <w:color w:val="1F3864"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">: </w:t>
+                </w:r>
+                <w:r w:rsidR="00D96DB7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                    <w:color w:val="1F3864"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-US"/>
+                  </w:rPr>
+                  <w:t>Dott.ssa Fabiola Nucifora</w:t>
                 </w:r>
               </w:p>
               <w:p w14:paraId="3682CDA2" w14:textId="77777777" w:rsidR="00FC4C1E" w:rsidRPr="00FC4C1E" w:rsidRDefault="00FC4C1E" w:rsidP="00FC4C1E">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="clear" w:pos="9000"/>
                   </w:tabs>
                   <w:ind w:left="0" w:right="0"/>
                   <w:jc w:val="left"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FC4C1E">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                     <w:color w:val="1F3864"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-US"/>
                   </w:rPr>
@@ -1153,152 +1208,152 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3BFD7884">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="Immagine 124" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-85.05pt;margin-top:767.3pt;width:192.45pt;height:64.15pt;z-index:251657728;visibility:visible;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin">
+        <v:shape id="Immagine 124" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-85.05pt;margin-top:767.3pt;width:192.45pt;height:64.15pt;z-index:2;visibility:visible;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin">
           <v:imagedata r:id="rId3" o:title="" cropright="44375f"/>
           <w10:wrap anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E30CCFB" w14:textId="77777777" w:rsidR="00667202" w:rsidRDefault="00667202" w:rsidP="00E14A57">
+    <w:p w14:paraId="2D646856" w14:textId="77777777" w:rsidR="0083534E" w:rsidRDefault="0083534E" w:rsidP="00E14A57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="060AE09C" w14:textId="77777777" w:rsidR="00667202" w:rsidRDefault="00667202" w:rsidP="00E14A57">
+    <w:p w14:paraId="2154B0F8" w14:textId="77777777" w:rsidR="0083534E" w:rsidRDefault="0083534E" w:rsidP="00E14A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="170A0CF4" w14:textId="77777777" w:rsidR="00394111" w:rsidRPr="00FC4C1E" w:rsidRDefault="00394111" w:rsidP="00FC4C1E">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:left="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="79CD8B74" w14:textId="77777777" w:rsidR="00AF0830" w:rsidRPr="00AF0830" w:rsidRDefault="00FC4C1E" w:rsidP="00AF0830">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79CD8B74" w14:textId="77777777" w:rsidR="00AF0830" w:rsidRPr="00AF0830" w:rsidRDefault="00000000" w:rsidP="00AF0830">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9000"/>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-1276" w:right="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:pict w14:anchorId="66D71E6D">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1034" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-85.85pt;margin-top:.1pt;width:602.95pt;height:93.55pt;z-index:-251659776" wrapcoords="-27 0 -27 21427 21600 21427 21600 0 -27 0">
+        <v:shape id="_x0000_s1034" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-85.85pt;margin-top:.1pt;width:602.95pt;height:93.55pt;z-index:-3" wrapcoords="-27 0 -27 21427 21600 21427 21600 0 -27 0">
           <v:imagedata r:id="rId1" o:title=""/>
           <w10:wrap type="tight"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A41685A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4709,113 +4764,114 @@
   <w:num w:numId="24" w16cid:durableId="250240293">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="528494368">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="344288962">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1204636547">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="327024808">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1539587885">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1509717071">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F87DB4"/>
     <w:rsid w:val="00001789"/>
     <w:rsid w:val="00005AA5"/>
     <w:rsid w:val="00013712"/>
     <w:rsid w:val="00013B32"/>
     <w:rsid w:val="00015037"/>
     <w:rsid w:val="000226EF"/>
     <w:rsid w:val="00031595"/>
     <w:rsid w:val="00033515"/>
     <w:rsid w:val="000379C3"/>
     <w:rsid w:val="0004053A"/>
     <w:rsid w:val="000502DB"/>
     <w:rsid w:val="00055272"/>
     <w:rsid w:val="00055477"/>
     <w:rsid w:val="00065AC1"/>
     <w:rsid w:val="00065B2A"/>
     <w:rsid w:val="00070A72"/>
     <w:rsid w:val="00082E42"/>
+    <w:rsid w:val="00083E06"/>
     <w:rsid w:val="00092D99"/>
     <w:rsid w:val="00093324"/>
     <w:rsid w:val="00094D08"/>
     <w:rsid w:val="00097373"/>
     <w:rsid w:val="000A1C52"/>
     <w:rsid w:val="000A610C"/>
     <w:rsid w:val="000B3FF0"/>
     <w:rsid w:val="000B4BAD"/>
     <w:rsid w:val="000C2234"/>
     <w:rsid w:val="000C2915"/>
     <w:rsid w:val="000D1EE1"/>
     <w:rsid w:val="000D43E1"/>
     <w:rsid w:val="000E3535"/>
     <w:rsid w:val="000E5A09"/>
     <w:rsid w:val="000E669F"/>
     <w:rsid w:val="000E7D9C"/>
     <w:rsid w:val="000F3930"/>
     <w:rsid w:val="001211AE"/>
     <w:rsid w:val="00121C9F"/>
     <w:rsid w:val="00122406"/>
     <w:rsid w:val="001232C9"/>
     <w:rsid w:val="001259A0"/>
     <w:rsid w:val="0012632D"/>
     <w:rsid w:val="001319E0"/>
     <w:rsid w:val="00131E13"/>
@@ -5066,50 +5122,51 @@
     <w:rsid w:val="00776067"/>
     <w:rsid w:val="00776084"/>
     <w:rsid w:val="007949AE"/>
     <w:rsid w:val="00797F7E"/>
     <w:rsid w:val="007A2F2A"/>
     <w:rsid w:val="007A3C45"/>
     <w:rsid w:val="007A6AD9"/>
     <w:rsid w:val="007B1124"/>
     <w:rsid w:val="007C1DE3"/>
     <w:rsid w:val="007D6A8E"/>
     <w:rsid w:val="007D75C0"/>
     <w:rsid w:val="007E5EF4"/>
     <w:rsid w:val="007F238A"/>
     <w:rsid w:val="007F266C"/>
     <w:rsid w:val="007F498C"/>
     <w:rsid w:val="007F7941"/>
     <w:rsid w:val="00801024"/>
     <w:rsid w:val="00804BF2"/>
     <w:rsid w:val="008075EF"/>
     <w:rsid w:val="00814AF8"/>
     <w:rsid w:val="00821A52"/>
     <w:rsid w:val="00821C19"/>
     <w:rsid w:val="00822B27"/>
     <w:rsid w:val="008310AB"/>
     <w:rsid w:val="00831831"/>
+    <w:rsid w:val="0083534E"/>
     <w:rsid w:val="00840297"/>
     <w:rsid w:val="00840D80"/>
     <w:rsid w:val="00844CDF"/>
     <w:rsid w:val="0084553E"/>
     <w:rsid w:val="00846C61"/>
     <w:rsid w:val="008471F0"/>
     <w:rsid w:val="0085023E"/>
     <w:rsid w:val="00866EF0"/>
     <w:rsid w:val="00871FE0"/>
     <w:rsid w:val="00875845"/>
     <w:rsid w:val="0088139E"/>
     <w:rsid w:val="00883168"/>
     <w:rsid w:val="00886439"/>
     <w:rsid w:val="00896DF2"/>
     <w:rsid w:val="008A0325"/>
     <w:rsid w:val="008A5166"/>
     <w:rsid w:val="008A655C"/>
     <w:rsid w:val="008A6DCC"/>
     <w:rsid w:val="008B045B"/>
     <w:rsid w:val="008B7942"/>
     <w:rsid w:val="008C406B"/>
     <w:rsid w:val="008C42F2"/>
     <w:rsid w:val="008D3129"/>
     <w:rsid w:val="008D3909"/>
     <w:rsid w:val="008D6F83"/>
@@ -5277,50 +5334,51 @@
     <w:rsid w:val="00CD5A78"/>
     <w:rsid w:val="00CF42B4"/>
     <w:rsid w:val="00CF4360"/>
     <w:rsid w:val="00CF526B"/>
     <w:rsid w:val="00D0636A"/>
     <w:rsid w:val="00D07ED0"/>
     <w:rsid w:val="00D07FD6"/>
     <w:rsid w:val="00D14480"/>
     <w:rsid w:val="00D25D1C"/>
     <w:rsid w:val="00D26D34"/>
     <w:rsid w:val="00D3109F"/>
     <w:rsid w:val="00D329D1"/>
     <w:rsid w:val="00D34848"/>
     <w:rsid w:val="00D35021"/>
     <w:rsid w:val="00D36236"/>
     <w:rsid w:val="00D4346F"/>
     <w:rsid w:val="00D46DFD"/>
     <w:rsid w:val="00D51EA1"/>
     <w:rsid w:val="00D52B57"/>
     <w:rsid w:val="00D5481B"/>
     <w:rsid w:val="00D6079B"/>
     <w:rsid w:val="00D67859"/>
     <w:rsid w:val="00D779D4"/>
     <w:rsid w:val="00D90E7C"/>
     <w:rsid w:val="00D91C72"/>
+    <w:rsid w:val="00D96DB7"/>
     <w:rsid w:val="00DA3AC7"/>
     <w:rsid w:val="00DA5087"/>
     <w:rsid w:val="00DA57F5"/>
     <w:rsid w:val="00DB406E"/>
     <w:rsid w:val="00DB4A7B"/>
     <w:rsid w:val="00DB5769"/>
     <w:rsid w:val="00DB69D8"/>
     <w:rsid w:val="00DC3846"/>
     <w:rsid w:val="00DC6AD7"/>
     <w:rsid w:val="00DD19B6"/>
     <w:rsid w:val="00DE36F1"/>
     <w:rsid w:val="00DE4DE3"/>
     <w:rsid w:val="00DF06AB"/>
     <w:rsid w:val="00E0654F"/>
     <w:rsid w:val="00E11C92"/>
     <w:rsid w:val="00E14A57"/>
     <w:rsid w:val="00E14BCA"/>
     <w:rsid w:val="00E1715F"/>
     <w:rsid w:val="00E2387D"/>
     <w:rsid w:val="00E331A9"/>
     <w:rsid w:val="00E44023"/>
     <w:rsid w:val="00E44F82"/>
     <w:rsid w:val="00E5160B"/>
     <w:rsid w:val="00E51E8B"/>
     <w:rsid w:val="00E55F8B"/>
@@ -5391,92 +5449,136 @@
     <w:rsid w:val="00FD73BC"/>
     <w:rsid w:val="00FE1DD0"/>
     <w:rsid w:val="00FE39A6"/>
     <w:rsid w:val="00FF3AB6"/>
     <w:rsid w:val="00FF4038"/>
     <w:rsid w:val="00FF4EDF"/>
     <w:rsid w:val="00FF7725"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5B1BB984"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D8806675-9384-4EED-ABCF-5E705D5B35F6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -5672,68 +5774,74 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E14A57"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9000"/>
       </w:tabs>
       <w:ind w:left="360" w:right="278"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F87DB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="PidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
@@ -5914,53 +6022,52 @@
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00272D54"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Universit-dataeindirizzoCarattere">
     <w:name w:val="Università - data e indirizzo Carattere"/>
     <w:link w:val="Universit-dataeindirizzo"/>
     <w:rsid w:val="00D07ED0"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -6245,51 +6352,51 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE6EA3E2-A8BF-49CF-A329-FBBA54C08EE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>94</Words>
   <Characters>541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>mod. carta intestata</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>