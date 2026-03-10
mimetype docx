--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -1,58 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38A202FB" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:ind w:right="61"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>DICHIARAZIONE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A592E7A" w14:textId="0997B5F1" w:rsidR="001D66BD" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:spacing w:before="276"/>
       </w:pPr>
       <w:r>
         <w:t>PER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -190,51 +186,51 @@
                               <a:lnTo>
                                 <a:pt x="1959610" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E5E5FF"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="12941CC9" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.7pt;margin-top:-2.3pt;width:154.3pt;height:15.1pt;z-index:15730688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1959610,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjbAITHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04KpF2MOMXQNsOA&#10;oivQFDsrshwbk0WNUmLn70fJkettpw27SJT4RD8+kl7f9q1mJ4WuAVPwxWzOmTISysYcCv662374&#10;yJnzwpRCg1EFPyvHbzfv3607m6srqEGXChkFMS7vbMFr722eZU7WqhVuBlYZclaArfB0xENWougo&#10;equzq/n8OusAS4sglXN0ez84+SbGryol/deqcsozXXDi5uOKcd2HNdusRX5AYetGXmiIf2DRisbQ&#10;R8dQ98ILdsTmj1BtIxEcVH4moc2gqhqpYg6UzWL+WzYvtbAq5kLiODvK5P5fWPl0erHPGKg7+wjy&#10;uyNFss66fPSEg7tg+grbgCXirI8qnkcVVe+ZpMvFarm6XpDYknyL1eLmJsqciTy9lkfnPyuIkcTp&#10;0fmhCmWyRJ0s2ZtkItUyVFHHKnrOqIrIGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcNoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKnBqVC7IfvRiIrQ5VRzB7opt43WQQKHh/2d&#10;RnYSJO7D8mG53QY96ckEFjtiaILQDnsoz8/IOpqbgrsfR4GKM/3FUGOGIUsGJmOfDPT6DuIoRvXR&#10;+V3/TaBllsyCe+qhJ0htL/LUHCGpERteGvh09FA1oXMit4HR5UCzEhO4zHUYxuk5ot7+PpufAAAA&#10;//8DAFBLAwQUAAYACAAAACEABa7GRt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3FqH0poqxKlQBVcELXB24yUOxOsQu2ny9yynclzt08ybYjP6VgzYxyaQhpt5BgKpCrah&#10;WsPb/mm2BhGTIWvaQKhhwgib8vKiMLkNJ3rFYZdqwSEUc6PBpdTlUsbKoTdxHjok/n2G3pvEZ19L&#10;25sTh/tWLrJMSW8a4gZnOtw6rL53R6/hRarnH3xX7qOepq3fr93j1zBqfX01PtyDSDimMwx/+qwO&#10;JTsdwpFsFK2G29XdklENs6UCwYBSiscdNCxWCmRZyP8Lyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAI2wCEx4CAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEABa7GRt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" path="m1959610,l,,,191770r1959610,l1959610,xe" fillcolor="#e5e5ff" stroked="f">
+              <v:shape w14:anchorId="3274D4DB" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:178.7pt;margin-top:-2.3pt;width:154.3pt;height:15.1pt;z-index:15730688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1959610,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjbAITHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04KpF2MOMXQNsOA&#10;oivQFDsrshwbk0WNUmLn70fJkettpw27SJT4RD8+kl7f9q1mJ4WuAVPwxWzOmTISysYcCv662374&#10;yJnzwpRCg1EFPyvHbzfv3607m6srqEGXChkFMS7vbMFr722eZU7WqhVuBlYZclaArfB0xENWougo&#10;equzq/n8OusAS4sglXN0ez84+SbGryol/deqcsozXXDi5uOKcd2HNdusRX5AYetGXmiIf2DRisbQ&#10;R8dQ98ILdsTmj1BtIxEcVH4moc2gqhqpYg6UzWL+WzYvtbAq5kLiODvK5P5fWPl0erHPGKg7+wjy&#10;uyNFss66fPSEg7tg+grbgCXirI8qnkcVVe+ZpMvFarm6XpDYknyL1eLmJsqciTy9lkfnPyuIkcTp&#10;0fmhCmWyRJ0s2ZtkItUyVFHHKnrOqIrIGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcNoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKnBqVC7IfvRiIrQ5VRzB7opt43WQQKHh/2d&#10;RnYSJO7D8mG53QY96ckEFjtiaILQDnsoz8/IOpqbgrsfR4GKM/3FUGOGIUsGJmOfDPT6DuIoRvXR&#10;+V3/TaBllsyCe+qhJ0htL/LUHCGpERteGvh09FA1oXMit4HR5UCzEhO4zHUYxuk5ot7+PpufAAAA&#10;//8DAFBLAwQUAAYACAAAACEABa7GRt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3FqH0poqxKlQBVcELXB24yUOxOsQu2ny9yynclzt08ybYjP6VgzYxyaQhpt5BgKpCrah&#10;WsPb/mm2BhGTIWvaQKhhwgib8vKiMLkNJ3rFYZdqwSEUc6PBpdTlUsbKoTdxHjok/n2G3pvEZ19L&#10;25sTh/tWLrJMSW8a4gZnOtw6rL53R6/hRarnH3xX7qOepq3fr93j1zBqfX01PtyDSDimMwx/+qwO&#10;JTsdwpFsFK2G29XdklENs6UCwYBSiscdNCxWCmRZyP8Lyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAI2wCEx4CAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEABa7GRt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" path="m1959610,l,,,191770r1959610,l1959610,xe" fillcolor="#e5e5ff" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t>Il/la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sottoscritto/a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -607,51 +603,51 @@
                               <a:lnTo>
                                 <a:pt x="1973580" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E5E5FF"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4A25A3D4" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:121.1pt;margin-top:-2.3pt;width:155.4pt;height:15.1pt;z-index:15731200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1973580,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLN/tDHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L046ZGmNOMXQNsOA&#10;oivQDDsrshwbk0VNVGLn70fJkettpw27SJT4RD8+kl7f9q1mJ+WwAVPwxWzOmTISysYcCv51t313&#10;zRl6YUqhwaiCnxXy283bN+vO5uoKatClcoyCGMw7W/Dae5tnGcpatQJnYJUhZwWuFZ6O7pCVTnQU&#10;vdXZ1Xz+IevAldaBVIh0ez84+SbGryol/ZeqQuWZLjhx83F1cd2HNdusRX5wwtaNvNAQ/8CiFY2h&#10;j46h7oUX7OiaP0K1jXSAUPmZhDaDqmqkijlQNov5b9m81MKqmAuJg3aUCf9fWPl0erHPLlBH+wjy&#10;O5IiWWcxHz3hgBdMX7k2YIk466OK51FF1Xsm6XJxs3q/vCaxJfkWN4vVKsqciTy9lkf0nxTESOL0&#10;iH6oQpksUSdL9iaZjmoZqqhjFT1nVEXHGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcVoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKkBVajdkP1oREXocqo5gm7KbaN1kADdYX+n&#10;HTsJEvdh+bDcboOe9GQCix0xNEFohz2U52fHOpqbguOPo3CKM/3ZUGOGIUuGS8Y+Gc7rO4ijGNV3&#10;6Hf9N+Ess2QW3FMPPUFqe5Gn5ghJjdjw0sDHo4eqCZ0TuQ2MLgealZjAZa7DME7PEfX699n8BAAA&#10;//8DAFBLAwQUAAYACAAAACEAheOfYd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCF&#10;dyT+g3VIbK2DSaIoxKkqpAoWhpYubG5s4tD4nNpuG/49xwTj6X16971mNbuRXUyIg0cJD8sMmMHO&#10;6wF7Cfv3zaICFpNCrUaPRsK3ibBqb28aVWt/xa257FLPqARjrSTYlKaa89hZ41Rc+skgZZ8+OJXo&#10;DD3XQV2p3I1cZFnJnRqQPlg1mWdruuPu7CR8iVPxGt7WdlMdq+1pP2FefLxIeX83r5+AJTOnPxh+&#10;9UkdWnI6+DPqyEYJIheCUAmLvARGQFE80rgDJUUJvG34/wXtDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBLN/tDHgIAAMUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCF459h3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m1973580,l,,,191770r1973580,l1973580,xe" fillcolor="#e5e5ff" stroked="f">
+              <v:shape w14:anchorId="2278AD7B" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:121.1pt;margin-top:-2.3pt;width:155.4pt;height:15.1pt;z-index:15731200;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1973580,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLN/tDHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L046ZGmNOMXQNsOA&#10;oivQDDsrshwbk0VNVGLn70fJkettpw27SJT4RD8+kl7f9q1mJ+WwAVPwxWzOmTISysYcCv51t313&#10;zRl6YUqhwaiCnxXy283bN+vO5uoKatClcoyCGMw7W/Dae5tnGcpatQJnYJUhZwWuFZ6O7pCVTnQU&#10;vdXZ1Xz+IevAldaBVIh0ez84+SbGryol/ZeqQuWZLjhx83F1cd2HNdusRX5wwtaNvNAQ/8CiFY2h&#10;j46h7oUX7OiaP0K1jXSAUPmZhDaDqmqkijlQNov5b9m81MKqmAuJg3aUCf9fWPl0erHPLlBH+wjy&#10;O5IiWWcxHz3hgBdMX7k2YIk466OK51FF1Xsm6XJxs3q/vCaxJfkWN4vVKsqciTy9lkf0nxTESOL0&#10;iH6oQpksUSdL9iaZjmoZqqhjFT1nVEXHGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcVoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKkBVajdkP1oREXocqo5gm7KbaN1kADdYX+n&#10;HTsJEvdh+bDcboOe9GQCix0xNEFohz2U52fHOpqbguOPo3CKM/3ZUGOGIUuGS8Y+Gc7rO4ijGNV3&#10;6Hf9N+Ess2QW3FMPPUFqe5Gn5ghJjdjw0sDHo4eqCZ0TuQ2MLgealZjAZa7DME7PEfX699n8BAAA&#10;//8DAFBLAwQUAAYACAAAACEAheOfYd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCF&#10;dyT+g3VIbK2DSaIoxKkqpAoWhpYubG5s4tD4nNpuG/49xwTj6X16971mNbuRXUyIg0cJD8sMmMHO&#10;6wF7Cfv3zaICFpNCrUaPRsK3ibBqb28aVWt/xa257FLPqARjrSTYlKaa89hZ41Rc+skgZZ8+OJXo&#10;DD3XQV2p3I1cZFnJnRqQPlg1mWdruuPu7CR8iVPxGt7WdlMdq+1pP2FefLxIeX83r5+AJTOnPxh+&#10;9UkdWnI6+DPqyEYJIheCUAmLvARGQFE80rgDJUUJvG34/wXtDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBLN/tDHgIAAMUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCF459h3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m1973580,l,,,191770r1973580,l1973580,xe" fillcolor="#e5e5ff" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">taxi il/i giorno/i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -851,51 +847,51 @@
                               <a:lnTo>
                                 <a:pt x="1615439" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E5E5FF"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="28686125" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:375.4pt;margin-top:4.5pt;width:127.2pt;height:15.1pt;z-index:15731712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1615440,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBT3aLJIgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L467pl2NOMXQNsOA&#10;oivQDDsrshwbk0WNUuLk70fJkettpw27SJT4RD8+kl7eHjvNDgpdC6bk+WzOmTISqtbsSv51s373&#10;gTPnhamEBqNKflKO367evln2tlAX0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+HpiLusQtFT&#10;9E5nF/P5VdYDVhZBKufo9n5w8lWMX9dK+i917ZRnuuTEzccV47oNa7ZaimKHwjatPNMQ/8CiE62h&#10;j46h7oUXbI/tH6G6ViI4qP1MQpdBXbdSxRwom3z+WzYvjbAq5kLiODvK5P5fWPl0eLHPGKg7+wjy&#10;uyNFst66YvSEgztjjjV2AUvE2TGqeBpVVEfPJF3mV/ni8pLEluTLb/Lr6yhzJor0Wu6d/6QgRhKH&#10;R+eHKlTJEk2y5NEkE6mWoYo6VtFzRlVEzqiK26GKVvjwLtALJusnVJqRSXB3cFAbiEAf0oiM399w&#10;lpIhrq8YbaZYymuCSr602xhvwPySegKkfQBOP/yX8KRpCig1OBVqN2Q/GlERupxq7kC31brVOkjg&#10;cLe908gOgsR9WDws1uugJz2ZwGJHDE0Q2mEL1ekZWU9zU3L3Yy9QcaY/G2rMMGTJwGRsk4Fe30Ec&#10;xag+Or85fhNomSWz5J566AlS24siNUdIasSGlwY+7j3UbeicyG1gdD7QrMQEznMdhnF6jqjXv8/q&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAFDKge3gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5ghexu25ptTEvRQoqQkGsXnrbZl+TaPZtyG6b6K93e9LjMMPMN/lydK04Uh8azwg3&#10;EwWCuPS24Qrh4/3x+g5EiIataT0TwjcFWBbnZ7nJrB/4jY6bWIlUwiEzCHWMXSZlKGtyJkx8R5y8&#10;ve+diUn2lbS9GVK5a6VWai6daTgt1KajVU3l1+bgEOZaNU9crV/0atj+vH4O06vt/hnx8mJ8uAcR&#10;aYx/YTjhJ3QoEtPOH9gG0SLczlRCjwiLdOnkKzXTIHYI04UGWeTy/4PiFwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFPdoskiAgAAxQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFDKge3gAAAACQEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m1615439,l,,,191770r1615439,l1615439,xe" fillcolor="#e5e5ff" stroked="f">
+              <v:shape w14:anchorId="25D8A4EF" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:375.4pt;margin-top:4.5pt;width:127.2pt;height:15.1pt;z-index:15731712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1615440,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBT3aLJIgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L467pl2NOMXQNsOA&#10;oivQDDsrshwbk0WNUuLk70fJkettpw27SJT4RD8+kl7eHjvNDgpdC6bk+WzOmTISqtbsSv51s373&#10;gTPnhamEBqNKflKO367evln2tlAX0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+HpiLusQtFT&#10;9E5nF/P5VdYDVhZBKufo9n5w8lWMX9dK+i917ZRnuuTEzccV47oNa7ZaimKHwjatPNMQ/8CiE62h&#10;j46h7oUXbI/tH6G6ViI4qP1MQpdBXbdSxRwom3z+WzYvjbAq5kLiODvK5P5fWPl0eLHPGKg7+wjy&#10;uyNFst66YvSEgztjjjV2AUvE2TGqeBpVVEfPJF3mV/ni8pLEluTLb/Lr6yhzJor0Wu6d/6QgRhKH&#10;R+eHKlTJEk2y5NEkE6mWoYo6VtFzRlVEzqiK26GKVvjwLtALJusnVJqRSXB3cFAbiEAf0oiM399w&#10;lpIhrq8YbaZYymuCSr602xhvwPySegKkfQBOP/yX8KRpCig1OBVqN2Q/GlERupxq7kC31brVOkjg&#10;cLe908gOgsR9WDws1uugJz2ZwGJHDE0Q2mEL1ekZWU9zU3L3Yy9QcaY/G2rMMGTJwGRsk4Fe30Ec&#10;xag+Or85fhNomSWz5J566AlS24siNUdIasSGlwY+7j3UbeicyG1gdD7QrMQEznMdhnF6jqjXv8/q&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAFDKge3gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5ghexu25ptTEvRQoqQkGsXnrbZl+TaPZtyG6b6K93e9LjMMPMN/lydK04Uh8azwg3&#10;EwWCuPS24Qrh4/3x+g5EiIataT0TwjcFWBbnZ7nJrB/4jY6bWIlUwiEzCHWMXSZlKGtyJkx8R5y8&#10;ve+diUn2lbS9GVK5a6VWai6daTgt1KajVU3l1+bgEOZaNU9crV/0atj+vH4O06vt/hnx8mJ8uAcR&#10;aYx/YTjhJ3QoEtPOH9gG0SLczlRCjwiLdOnkKzXTIHYI04UGWeTy/4PiFwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFPdoskiAgAAxQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFDKge3gAAAACQEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m1615439,l,,,191770r1615439,l1615439,xe" fillcolor="#e5e5ff" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>urgenza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>di</w:t>
@@ -1279,51 +1275,51 @@
                               <a:lnTo>
                                 <a:pt x="5958840" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E5E5FF"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="41C23910" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:25.8pt;width:469.2pt;height:15.1pt;z-index:15732224;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5958840,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1khOeHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06KZU2NOMXQNsOA&#10;oivQDDsrshwbk0VNVGLn70fJkettpw27SJT4RD8+kl7f9q1mJ+WwAVPwxWzOmTISysYcCv51t323&#10;4gy9MKXQYFTBzwr57ebtm3Vnc3UFNehSOUZBDOadLXjtvc2zDGWtWoEzsMqQswLXCk9Hd8hKJzqK&#10;3ursaj7/kHXgSutAKkS6vR+cfBPjV5WS/ktVofJMF5y4+bi6uO7Dmm3WIj84YetGXmiIf2DRisbQ&#10;R8dQ98ILdnTNH6HaRjpAqPxMQptBVTVSxRwom8X8t2xeamFVzIXEQTvKhP8vrHw6vdhnF6ijfQT5&#10;HUmRrLOYj55wwAumr1wbsESc9VHF86ii6j2TdLm8Wa5W70lsSb7FzeL6OsqciTy9lkf0nxTESOL0&#10;iH6oQpksUSdL9iaZjmoZqqhjFT1nVEXHGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcVoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKkBVajdkP1oREXocqo5gm7KbaN1kADdYX+n&#10;HTsJEvdh+bDcboOe9GQCix0xNEFohz2U52fHOpqbguOPo3CKM/3ZUGOGIUuGS8Y+Gc7rO4ijGNV3&#10;6Hf9N+Ess2QW3FMPPUFqe5Gn5ghJjdjw0sDHo4eqCZ0TuQ2MLgealZjAZa7DME7PEfX699n8BAAA&#10;//8DAFBLAwQUAAYACAAAACEAed/9bt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbixtoVNVmk4FDXHhwhics8a01RKnatKtvD3eCW62vl+/P1ebxVlxwikMnhSkqwQEUuvN&#10;QJ2C/cfLXQEiRE1GW0+o4AcDbOrrq0qXxp/pHU+72AkuoVBqBX2MYyllaHt0Oqz8iMTs209OR16n&#10;TppJn7ncWZklyVo6PRBf6PWIzz22x93sFHztX4/2qUnpc5ubh5Btu3F+a5S6vVmaRxARl/gXhos+&#10;q0PNTgc/kwnCKijyjJMK8nQN4sKT7J6nA5O0AFlX8v8H9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEANZITnh4CAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAed/9bt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" path="m5958840,l,,,191770r5958840,l5958840,xe" fillcolor="#e5e5ff" stroked="f">
+              <v:shape w14:anchorId="719D2A41" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:25.8pt;width:469.2pt;height:15.1pt;z-index:15732224;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5958840,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1khOeHgIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06KZU2NOMXQNsOA&#10;oivQDDsrshwbk0VNVGLn70fJkettpw27SJT4RD8+kl7f9q1mJ+WwAVPwxWzOmTISysYcCv51t323&#10;4gy9MKXQYFTBzwr57ebtm3Vnc3UFNehSOUZBDOadLXjtvc2zDGWtWoEzsMqQswLXCk9Hd8hKJzqK&#10;3ursaj7/kHXgSutAKkS6vR+cfBPjV5WS/ktVofJMF5y4+bi6uO7Dmm3WIj84YetGXmiIf2DRisbQ&#10;R8dQ98ILdnTNH6HaRjpAqPxMQptBVTVSxRwom8X8t2xeamFVzIXEQTvKhP8vrHw6vdhnF6ijfQT5&#10;HUmRrLOYj55wwAumr1wbsESc9VHF86ii6j2TdLm8Wa5W70lsSb7FzeL6OsqciTy9lkf0nxTESOL0&#10;iH6oQpksUSdL9iaZjmoZqqhjFT1nVEXHGVVxP1TRCh/eBXrBZN2ESj0yCe4WTmoHEehDGiPjlAxx&#10;fcVoM8VSXhNU8qXdxngD5pfUEyDtA3D64b+EJ01TQKkBVajdkP1oREXocqo5gm7KbaN1kADdYX+n&#10;HTsJEvdh+bDcboOe9GQCix0xNEFohz2U52fHOpqbguOPo3CKM/3ZUGOGIUuGS8Y+Gc7rO4ijGNV3&#10;6Hf9N+Ess2QW3FMPPUFqe5Gn5ghJjdjw0sDHo4eqCZ0TuQ2MLgealZjAZa7DME7PEfX699n8BAAA&#10;//8DAFBLAwQUAAYACAAAACEAed/9bt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbixtoVNVmk4FDXHhwhics8a01RKnatKtvD3eCW62vl+/P1ebxVlxwikMnhSkqwQEUuvN&#10;QJ2C/cfLXQEiRE1GW0+o4AcDbOrrq0qXxp/pHU+72AkuoVBqBX2MYyllaHt0Oqz8iMTs209OR16n&#10;TppJn7ncWZklyVo6PRBf6PWIzz22x93sFHztX4/2qUnpc5ubh5Btu3F+a5S6vVmaRxARl/gXhos+&#10;q0PNTgc/kwnCKijyjJMK8nQN4sKT7J6nA5O0AFlX8v8H9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEANZITnh4CAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAed/9bt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" path="m5958840,l,,,191770r5958840,l5958840,xe" fillcolor="#e5e5ff" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>altre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>motivazioni</w:t>
@@ -1426,51 +1422,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="338E0F20" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.7pt;margin-top:20.45pt;width:468pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5943600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWe6U0EAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkW9YacYqhQYcB&#10;RVegGXaWZTk2JksaqcTOvx8lfyTrbsN8ECjxiXzko7y561vNTgqwsSbny0XKmTLSlo055Pz7/uHd&#10;DWfohSmFtkbl/KyQ323fvtl0LlMrW1tdKmAUxGDWuZzX3rssSVDWqhW4sE4ZclYWWuFpC4ekBNFR&#10;9FYnqzRdJ52F0oGVCpFOd4OTb2P8qlLSf6sqVJ7pnBM3H1eIaxHWZLsR2QGEqxs50hD/wKIVjaGk&#10;c6id8IIdofkrVNtIsGgrv5C2TWxVNVLFGqiaZfqqmpdaOBVroeagm9uE/y+sfDq9uGcI1NE9WvkT&#10;qSNJ5zCbPWGDI6avoA1YIs762MXz3EXVeybp8OPth/frlJotybdcfYpNTkQ23ZVH9F+UjXHE6RH9&#10;oEE5WaKeLNmbyQRSMmioo4aeM9IQOCMNi0FDJ3y4F8gFk3UXIuGstSe1t9HrXzEnahevNteouZSp&#10;SsIOCDJCGurVYMTUZF8Xp01gsU5v13E00OqmfGi0DiwQDsW9BnYSYTDjF+qgCH/AHKDfCawHXHSN&#10;MG1GnQZpgkiFLc/PwDqa5pzjr6MAxZn+amhcwuhPBkxGMRng9b2NDyQ2iHLu+x8CHAvpc+5J2Sc7&#10;DaPIJtFC6TM23DT289HbqgmKxhkaGI0bmuBY4PjawhO53kfU5Z+w/Q0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAEhnNgfdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuqt2KaUQoiD&#10;WqSq1xa49GbiJYmw15FtSPj7mlN73JnR7JtyPTrLLhhi50mBnAhgSLU3HTUK9ruPpwWwmDQZbT2h&#10;gitGWFf3d6UujB/oGy/b1LBcQrHQCtqU+oLzWLfodJz4Hil7Rx+cTvkMDTdBD7ncWT4VYs6d7ih/&#10;aHWPmxbr0/bsFPRffG/p9L58vu4+X83PZghy3ij1+DC+rYAlHNNfGG74GR2qzHTwZzKRWQWLl1lO&#10;KpiJJbCbL6YyK4esSAm8Kvn/BdUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJZ7pTQQ&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEhn&#10;NgfdAAAACQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l5943600,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="3273919F" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.7pt;margin-top:20.45pt;width:468pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5943600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWe6U0EAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkW9YacYqhQYcB&#10;RVegGXaWZTk2JksaqcTOvx8lfyTrbsN8ECjxiXzko7y561vNTgqwsSbny0XKmTLSlo055Pz7/uHd&#10;DWfohSmFtkbl/KyQ323fvtl0LlMrW1tdKmAUxGDWuZzX3rssSVDWqhW4sE4ZclYWWuFpC4ekBNFR&#10;9FYnqzRdJ52F0oGVCpFOd4OTb2P8qlLSf6sqVJ7pnBM3H1eIaxHWZLsR2QGEqxs50hD/wKIVjaGk&#10;c6id8IIdofkrVNtIsGgrv5C2TWxVNVLFGqiaZfqqmpdaOBVroeagm9uE/y+sfDq9uGcI1NE9WvkT&#10;qSNJ5zCbPWGDI6avoA1YIs762MXz3EXVeybp8OPth/frlJotybdcfYpNTkQ23ZVH9F+UjXHE6RH9&#10;oEE5WaKeLNmbyQRSMmioo4aeM9IQOCMNi0FDJ3y4F8gFk3UXIuGstSe1t9HrXzEnahevNteouZSp&#10;SsIOCDJCGurVYMTUZF8Xp01gsU5v13E00OqmfGi0DiwQDsW9BnYSYTDjF+qgCH/AHKDfCawHXHSN&#10;MG1GnQZpgkiFLc/PwDqa5pzjr6MAxZn+amhcwuhPBkxGMRng9b2NDyQ2iHLu+x8CHAvpc+5J2Sc7&#10;DaPIJtFC6TM23DT289HbqgmKxhkaGI0bmuBY4PjawhO53kfU5Z+w/Q0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAEhnNgfdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WVuqt2KaUQoiD&#10;WqSq1xa49GbiJYmw15FtSPj7mlN73JnR7JtyPTrLLhhi50mBnAhgSLU3HTUK9ruPpwWwmDQZbT2h&#10;gitGWFf3d6UujB/oGy/b1LBcQrHQCtqU+oLzWLfodJz4Hil7Rx+cTvkMDTdBD7ncWT4VYs6d7ih/&#10;aHWPmxbr0/bsFPRffG/p9L58vu4+X83PZghy3ij1+DC+rYAlHNNfGG74GR2qzHTwZzKRWQWLl1lO&#10;KpiJJbCbL6YyK4esSAm8Kvn/BdUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJZ7pTQQ&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEhn&#10;NgfdAAAACQEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l5943600,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9DFEE1" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="001D66BD">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A47D494" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="001D66BD">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30B31F9D" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="001D66BD">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="138"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62D08899" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="00000000">
@@ -1534,51 +1530,51 @@
                               <a:lnTo>
                                 <a:pt x="1464310" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E5E5FF"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="183DAD6A" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:81pt;margin-top:-1.8pt;width:115.3pt;height:15.1pt;z-index:15732736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1464310,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACuJdDHwIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxx3/diMOMXQNsOA&#10;oi3QDDsrshwbk0WNUmL334+SI9fbTht2kSjxiX58JL26HjrNjgpdC6bk+WLJmTISqtbsS/51u3n3&#10;gTPnhamEBqNK/qIcv16/fbPqbaHOoAFdKWQUxLiityVvvLdFljnZqE64BVhlyFkDdsLTEfdZhaKn&#10;6J3OzpbLy6wHrCyCVM7R7e3o5OsYv66V9I917ZRnuuTEzccV47oLa7ZeiWKPwjatPNEQ/8CiE62h&#10;j06hboUX7IDtH6G6ViI4qP1CQpdBXbdSxRwom3z5WzbPjbAq5kLiODvJ5P5fWPlwfLZPGKg7ew/y&#10;uyNFst66YvKEgzthhhq7gCXibIgqvkwqqsEzSZf5+eX5+5zEluTLP+ZXV1HmTBTptTw4/1lBjCSO&#10;986PVaiSJZpkycEkE6mWoYo6VtFzRlVEzqiKu7GKVvjwLtALJutnVJqJSXB3cFRbiEAf0pgYp2SI&#10;6ytGmzmW8pqhki/tNsYbMb+kngBpH4HzD/8lPGmaAkoNToXajdlPRlSELueaO9BttWm1DhI43O9u&#10;NLKjIHHvLu4uNpugJz2ZwWJHjE0Q2mEH1csTsp7mpuTux0Gg4kx/MdSYYciSgcnYJQO9voE4ilF9&#10;dH47fBNomSWz5J566AFS24siNUdIasKGlwY+HTzUbeicyG1kdDrQrMQETnMdhnF+jqjXv8/6JwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhALKAJ+bdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwVu7aQpBYzbFih56ELEteJ1kx2wwOxuy2zb+e8eT3uYxj/e+V21mP6gzTbEPbGC1zEAR&#10;t8H23Bk4Hl4Wd6BiQrY4BCYD3xRhU19fVVjacOF3Ou9TpySEY4kGXEpjqXVsHXmMyzASy+8zTB6T&#10;yKnTdsKLhPtB51lWaI89S4PDkZ4ctV/7kzdAzy3PGEO/avTx43WHbvu22xpzezM/PoBKNKc/M/zi&#10;CzrUwtSEE9uoBtFFLluSgcW6ACWG9X0uR2MgLwrQdaX/L6h/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAK4l0MfAgAAxQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALKAJ+bdAAAACQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m1464310,l,,,191770r1464310,l1464310,xe" fillcolor="#e5e5ff" stroked="f">
+              <v:shape w14:anchorId="0593F223" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:81pt;margin-top:-1.8pt;width:115.3pt;height:15.1pt;z-index:15732736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1464310,191770" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACuJdDHwIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxx3/diMOMXQNsOA&#10;oi3QDDsrshwbk0WNUmL334+SI9fbTht2kSjxiX58JL26HjrNjgpdC6bk+WLJmTISqtbsS/51u3n3&#10;gTPnhamEBqNK/qIcv16/fbPqbaHOoAFdKWQUxLiityVvvLdFljnZqE64BVhlyFkDdsLTEfdZhaKn&#10;6J3OzpbLy6wHrCyCVM7R7e3o5OsYv66V9I917ZRnuuTEzccV47oLa7ZeiWKPwjatPNEQ/8CiE62h&#10;j06hboUX7IDtH6G6ViI4qP1CQpdBXbdSxRwom3z5WzbPjbAq5kLiODvJ5P5fWPlwfLZPGKg7ew/y&#10;uyNFst66YvKEgzthhhq7gCXibIgqvkwqqsEzSZf5+eX5+5zEluTLP+ZXV1HmTBTptTw4/1lBjCSO&#10;986PVaiSJZpkycEkE6mWoYo6VtFzRlVEzqiKu7GKVvjwLtALJutnVJqJSXB3cFRbiEAf0pgYp2SI&#10;6ytGmzmW8pqhki/tNsYbMb+kngBpH4HzD/8lPGmaAkoNToXajdlPRlSELueaO9BttWm1DhI43O9u&#10;NLKjIHHvLu4uNpugJz2ZwWJHjE0Q2mEH1csTsp7mpuTux0Gg4kx/MdSYYciSgcnYJQO9voE4ilF9&#10;dH47fBNomSWz5J566AFS24siNUdIasKGlwY+HTzUbeicyG1kdDrQrMQETnMdhnF+jqjXv8/6JwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhALKAJ+bdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwVu7aQpBYzbFih56ELEteJ1kx2wwOxuy2zb+e8eT3uYxj/e+V21mP6gzTbEPbGC1zEAR&#10;t8H23Bk4Hl4Wd6BiQrY4BCYD3xRhU19fVVjacOF3Ou9TpySEY4kGXEpjqXVsHXmMyzASy+8zTB6T&#10;yKnTdsKLhPtB51lWaI89S4PDkZ4ctV/7kzdAzy3PGEO/avTx43WHbvu22xpzezM/PoBKNKc/M/zi&#10;CzrUwtSEE9uoBtFFLluSgcW6ACWG9X0uR2MgLwrQdaX/L6h/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAK4l0MfAgAAxQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALKAJ+bdAAAACQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m1464310,l,,,191770r1464310,l1464310,xe" fillcolor="#e5e5ff" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Cagliari</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7515491E" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="883"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1634,51 +1630,51 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="6096">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="081AA0C9" id="Group 8" o:spid="_x0000_s1026" style="width:114pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="14478,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2ZF3JawIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC815Id17EFy0ERN0aB&#10;IAkQFz3TFLWgFMkOacv5+w6pxY4T9JDqIDxyhrO8eeTy5lhLchBgK61SOh7FlAjFdVapIqU/t3df&#10;5pRYx1TGpFYipS/C0pvV50/LxiRiokstMwEEgyibNCalpXMmiSLLS1EzO9JGKDTmGmrmcAlFlAFr&#10;MHoto0kcz6JGQ2ZAc2Et7q5bI12F+HkuuHvMcysckSnF2lz4Q/jv/D9aLVlSADNlxbsy2AeqqFml&#10;MOkQas0cI3uo3oSqKw7a6tyNuK4jnecVF6EH7GYcX3SzAb03oZciaQoz0ITUXvD04bD84bAB82ye&#10;oK0e4b3mvy3yEjWmSM7tfl2cnI851P4QNkGOgdGXgVFxdITj5ng6vZ7HSDxH2+zqa0c4L3Eqbw7x&#10;8vu/jkUsaVOGwoZCGoPKsSdy7P+R81wyIwLn1jf/BKTKUrqgRLEa9bvppLLwyvGp0cez161sR+S7&#10;3FzF03kruHfpGU+uAz1Dnyzhe+s2Qgea2eHeulauWY9Y2SN+VD0EFL2Xuwxyd5Sg3IESlPuuzW6Y&#10;8+f87DwkzWlOfq/WB7HVweouZoSlnaxSnXsNk+5FgL6tBwKfBgXVgpAa8XlzUvkqZvFiFm6R1bLK&#10;7iopfRUWit2tBHJg/g6Hz/eBEV65GbBuzWzZ+gVT5yZVELNN2un4qe109oKjbXCaKbV/9gwEJfKH&#10;QvH4V6IH0INdD8DJWx3ekkAQ5twefzEwxKdPqcPJPuheQyzph+ZbH3z9SaW/7Z3OKz9R1HNfUbdA&#10;PQcUrj2iV+/K+Tp4nR7S1V8AAAD//wMAUEsDBBQABgAIAAAAIQDG1k3c2QAAAAMBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3SSilJhNKUU9FcFWEG/T7DQJzc6G7DZJ/72jF70M&#10;PN7jzfeK1ew6NdIQWs8G0kUCirjytuXawMf+5W4JKkRki51nMnChAKvy+qrA3PqJ32ncxVpJCYcc&#10;DTQx9rnWoWrIYVj4nli8ox8cRpFDre2Ak5S7TmdJ8qgdtiwfGuxp01B12p2dgdcJp/V9+jxuT8fN&#10;5Wv/8Pa5TcmY25t5/QQq0hz/wvCDL+hQCtPBn9kG1RmQIfH3ipdlS5EHCSWgy0L/Zy+/AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHZkXclrAgAAkAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMbWTdzZAAAAAwEAAA8AAAAAAAAAAAAAAAAAxQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;">
+              <v:group w14:anchorId="3688AF88" id="Group 8" o:spid="_x0000_s1026" style="width:114pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="14478,63" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2ZF3JawIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC815Id17EFy0ERN0aB&#10;IAkQFz3TFLWgFMkOacv5+w6pxY4T9JDqIDxyhrO8eeTy5lhLchBgK61SOh7FlAjFdVapIqU/t3df&#10;5pRYx1TGpFYipS/C0pvV50/LxiRiokstMwEEgyibNCalpXMmiSLLS1EzO9JGKDTmGmrmcAlFlAFr&#10;MHoto0kcz6JGQ2ZAc2Et7q5bI12F+HkuuHvMcysckSnF2lz4Q/jv/D9aLVlSADNlxbsy2AeqqFml&#10;MOkQas0cI3uo3oSqKw7a6tyNuK4jnecVF6EH7GYcX3SzAb03oZciaQoz0ITUXvD04bD84bAB82ye&#10;oK0e4b3mvy3yEjWmSM7tfl2cnI851P4QNkGOgdGXgVFxdITj5ng6vZ7HSDxH2+zqa0c4L3Eqbw7x&#10;8vu/jkUsaVOGwoZCGoPKsSdy7P+R81wyIwLn1jf/BKTKUrqgRLEa9bvppLLwyvGp0cez161sR+S7&#10;3FzF03kruHfpGU+uAz1Dnyzhe+s2Qgea2eHeulauWY9Y2SN+VD0EFL2Xuwxyd5Sg3IESlPuuzW6Y&#10;8+f87DwkzWlOfq/WB7HVweouZoSlnaxSnXsNk+5FgL6tBwKfBgXVgpAa8XlzUvkqZvFiFm6R1bLK&#10;7iopfRUWit2tBHJg/g6Hz/eBEV65GbBuzWzZ+gVT5yZVELNN2un4qe109oKjbXCaKbV/9gwEJfKH&#10;QvH4V6IH0INdD8DJWx3ekkAQ5twefzEwxKdPqcPJPuheQyzph+ZbH3z9SaW/7Z3OKz9R1HNfUbdA&#10;PQcUrj2iV+/K+Tp4nR7S1V8AAAD//wMAUEsDBBQABgAIAAAAIQDG1k3c2QAAAAMBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3SSilJhNKUU9FcFWEG/T7DQJzc6G7DZJ/72jF70M&#10;PN7jzfeK1ew6NdIQWs8G0kUCirjytuXawMf+5W4JKkRki51nMnChAKvy+qrA3PqJ32ncxVpJCYcc&#10;DTQx9rnWoWrIYVj4nli8ox8cRpFDre2Ak5S7TmdJ8qgdtiwfGuxp01B12p2dgdcJp/V9+jxuT8fN&#10;5Wv/8Pa5TcmY25t5/QQq0hz/wvCDL+hQCtPBn9kG1RmQIfH3ipdlS5EHCSWgy0L/Zy+/AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHZkXclrAgAAkAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMbWTdzZAAAAAwEAAA8AAAAAAAAAAAAAAAAAxQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;">
                 <v:shape id="Graphic 9" o:spid="_x0000_s1027" style="position:absolute;top:30;width:14478;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1447800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMoyzswgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva2oPslZjEUF2QUH8g3p8NM+22LyUJtb222+EhT0OM/MbZpF2phItNa60rGAyjkAQ&#10;Z1aXnCs4nzafXyCcR9ZYWSYFPTlIl4OPBSbavvhA7dHnIkDYJaig8L5OpHRZQQbd2NbEwbvbxqAP&#10;ssmlbvAV4KaScRRNpcGSw0KBNa0Lyh7Hp1Fwu+Tb/bXT7fdsd+qlrzHu91OlRsNuNQfhqfP/4b/2&#10;j1Ywg/eVcAPk8hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMoyzswgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1447800,e" filled="f" strokeweight=".48pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA3078C" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="001D66BD">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="256"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2565653F" w14:textId="77777777" w:rsidR="001D66BD" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:right="2585"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -1759,133 +1755,119 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0E5EAD49" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.9pt;margin-top:18.15pt;width:168pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2133600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAI9nyhDwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZSINuMOMXQoMOA&#10;oivQFDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7dnjorjgapBVfK+SyXwjgNVev2pXzZ3n/4&#10;JAUF5SplwZlSvhqSt+v371a9L8wCGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rMKVc/R&#10;O5st8nyZ9YCVR9CGiE83g1OuU/y6Njp8r2syQdhSMreQVkzrLq7ZeqWKPSrftHqkof6BRadax0nP&#10;oTYqKHHA9q9QXasRCOow09BlUNetNqkGrmaev6nmuVHepFq4OeTPbaL/F1Y/Hp/9E0bq5B9A/yTu&#10;SNZ7Ks6euKERc6qxi1gmLk6pi6/nLppTEJoPF/Obm2XOzdbsmy8+piZnqpju6gOFrwZSHHV8oDBo&#10;UE2WaiZLn9xkIisZNbRJwyAFa4hSsIa7QUOvQrwXyUVT9Bci8ayDo9lC8oY3zJnaxWvdNepcylQl&#10;YwcEGzEN92owUmq2r4uzLrJY5p+XaTQIbFvdt9ZGFoT73Z1FcVRxMNMX6+AIf8A8UtgoagZcco0w&#10;60adBmmiSDuoXp9Q9DzNpaRfB4VGCvvN8bjE0Z8MnIzdZGCwd5AeSGoQ59yefij0IqYvZWBlH2Ea&#10;RlVMosXSz9h408GXQ4C6jYqmGRoYjRue4FTg+NriE7neJ9Tln7D+DQAA//8DAFBLAwQUAAYACAAA&#10;ACEAAj18cdsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTW7CMBCF95V6B2sqdVecgBIgjYMq&#10;pByglAOYeEgC9jiKHUh7+g6rdvl+9Oabcjc7K244ht6TgnSRgEBqvOmpVXD8qt82IELUZLT1hAq+&#10;McCuen4qdWH8nT7xdoit4BEKhVbQxTgUUoamQ6fDwg9InJ396HRkObbSjPrO487KZZLk0ume+EKn&#10;B9x32FwPk1Pgs3lapvU+2u15mq90vPwM9UWp15f54x1ExDn+leGBz+hQMdPJT2SCsAryLGX0qGCV&#10;r0BwYbtZs3F6GBnIqpT/P6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAj2fKEPAgAA&#10;WwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAI9fHHb&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" path="m,l2133600,e" filled="f" strokeweight=".48pt">
+              <v:shape w14:anchorId="5D1B1FC5" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.9pt;margin-top:18.15pt;width:168pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2133600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAI9nyhDwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZSINuMOMXQoMOA&#10;oivQFDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7dnjorjgapBVfK+SyXwjgNVev2pXzZ3n/4&#10;JAUF5SplwZlSvhqSt+v371a9L8wCGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rMKVc/R&#10;O5st8nyZ9YCVR9CGiE83g1OuU/y6Njp8r2syQdhSMreQVkzrLq7ZeqWKPSrftHqkof6BRadax0nP&#10;oTYqKHHA9q9QXasRCOow09BlUNetNqkGrmaev6nmuVHepFq4OeTPbaL/F1Y/Hp/9E0bq5B9A/yTu&#10;SNZ7Ks6euKERc6qxi1gmLk6pi6/nLppTEJoPF/Obm2XOzdbsmy8+piZnqpju6gOFrwZSHHV8oDBo&#10;UE2WaiZLn9xkIisZNbRJwyAFa4hSsIa7QUOvQrwXyUVT9Bci8ayDo9lC8oY3zJnaxWvdNepcylQl&#10;YwcEGzEN92owUmq2r4uzLrJY5p+XaTQIbFvdt9ZGFoT73Z1FcVRxMNMX6+AIf8A8UtgoagZcco0w&#10;60adBmmiSDuoXp9Q9DzNpaRfB4VGCvvN8bjE0Z8MnIzdZGCwd5AeSGoQ59yefij0IqYvZWBlH2Ea&#10;RlVMosXSz9h408GXQ4C6jYqmGRoYjRue4FTg+NriE7neJ9Tln7D+DQAA//8DAFBLAwQUAAYACAAA&#10;ACEAAj18cdsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTW7CMBCF95V6B2sqdVecgBIgjYMq&#10;pByglAOYeEgC9jiKHUh7+g6rdvl+9Oabcjc7K244ht6TgnSRgEBqvOmpVXD8qt82IELUZLT1hAq+&#10;McCuen4qdWH8nT7xdoit4BEKhVbQxTgUUoamQ6fDwg9InJ396HRkObbSjPrO487KZZLk0ume+EKn&#10;B9x32FwPk1Pgs3lapvU+2u15mq90vPwM9UWp15f54x1ExDn+leGBz+hQMdPJT2SCsAryLGX0qGCV&#10;r0BwYbtZs3F6GBnIqpT/P6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAj2fKEPAgAA&#10;WwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAI9fHHb&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" path="m,l2133600,e" filled="f" strokeweight=".48pt">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001D66BD" w:rsidSect="0011749D">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1060" w:right="1040" w:bottom="280" w:left="740" w:header="113" w:footer="1361" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="479CA16F" w14:textId="77777777" w:rsidR="00F26AA1" w:rsidRDefault="00F26AA1" w:rsidP="0045053C">
+    <w:p w14:paraId="4C8266E2" w14:textId="77777777" w:rsidR="00B24E86" w:rsidRDefault="00B24E86" w:rsidP="0045053C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEC2A3E" w14:textId="77777777" w:rsidR="00F26AA1" w:rsidRDefault="00F26AA1" w:rsidP="0045053C">
+    <w:p w14:paraId="5E2E4743" w14:textId="77777777" w:rsidR="00B24E86" w:rsidRDefault="00B24E86" w:rsidP="0045053C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F3DF2D7" w14:textId="26F7C044" w:rsidR="0045053C" w:rsidRDefault="0045053C">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="161B84EF" wp14:editId="634AE3A9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>39370</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9785985</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2444115" cy="715645"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="124" name="Immagine 124"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2058,70 +2040,110 @@
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ssa </w:t>
                           </w:r>
                           <w:r w:rsidR="00AC5633">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Elisabetta Gola </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6497DF5C" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
+                        <w:p w14:paraId="6497DF5C" w14:textId="63754407" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                           <w:pPr>
                             <w:pStyle w:val="Intestazione"/>
                             <w:pBdr>
                               <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                             </w:pBdr>
                             <w:jc w:val="both"/>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                            <w:t>Segretari</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00887F13">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Amministrativ</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00887F13">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">: </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00887F13">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Dott.ssa Fabiola Nucifora</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="3160BBEB" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                           <w:pPr>
                             <w:pBdr>
                               <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                             </w:pBdr>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Via </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
@@ -2166,89 +2188,89 @@
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>gliari</w:t>
                           </w:r>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> - Tel </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>+39 070/6757525</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6715E4A2" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="00000000" w:rsidP="0045053C">
+                        <w:p w14:paraId="6715E4A2" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                           <w:pPr>
                             <w:pBdr>
                               <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                             </w:pBdr>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId2" w:history="1">
-                            <w:r w:rsidR="0045053C" w:rsidRPr="00934FB0">
+                            <w:r w:rsidRPr="00934FB0">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
-                          <w:r w:rsidR="0045053C" w:rsidRPr="00915C1C">
+                          <w:r w:rsidRPr="00915C1C">
                             <w:rPr>
                               <w:color w:val="244061"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="0045053C" w:rsidRPr="004E6DD8">
+                          <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">- </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId3" w:history="1">
-                            <w:r w:rsidR="0045053C" w:rsidRPr="004C59E9">
+                            <w:r w:rsidRPr="004C59E9">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="7277ED97" w14:textId="15AF59FC" w:rsidR="0045053C" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                           <w:pPr>
                             <w:pBdr>
                               <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                             </w:pBdr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
@@ -2344,70 +2366,110 @@
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ssa </w:t>
                     </w:r>
                     <w:r w:rsidR="00AC5633">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Elisabetta Gola </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6497DF5C" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
+                  <w:p w14:paraId="6497DF5C" w14:textId="63754407" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                     <w:pPr>
                       <w:pStyle w:val="Intestazione"/>
                       <w:pBdr>
                         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       </w:pBdr>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                      <w:t>Segretari</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00887F13">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Amministrativ</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00887F13">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">: </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00887F13">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Dott.ssa Fabiola Nucifora</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="3160BBEB" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                     <w:pPr>
                       <w:pBdr>
                         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       </w:pBdr>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Via </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
@@ -2452,158 +2514,138 @@
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>gliari</w:t>
                     </w:r>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> - Tel </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>+39 070/6757525</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6715E4A2" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="00000000" w:rsidP="0045053C">
+                  <w:p w14:paraId="6715E4A2" w14:textId="77777777" w:rsidR="0045053C" w:rsidRPr="004E6DD8" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                     <w:pPr>
                       <w:pBdr>
                         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       </w:pBdr>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId4" w:history="1">
-                      <w:r w:rsidR="0045053C" w:rsidRPr="00934FB0">
+                      <w:r w:rsidRPr="00934FB0">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
-                    <w:r w:rsidR="0045053C" w:rsidRPr="00915C1C">
+                    <w:r w:rsidRPr="00915C1C">
                       <w:rPr>
                         <w:color w:val="244061"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="0045053C" w:rsidRPr="004E6DD8">
+                    <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">- </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId5" w:history="1">
-                      <w:r w:rsidR="0045053C" w:rsidRPr="004C59E9">
+                      <w:r w:rsidRPr="004C59E9">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="7277ED97" w14:textId="15AF59FC" w:rsidR="0045053C" w:rsidRDefault="0045053C" w:rsidP="0045053C">
                     <w:pPr>
                       <w:pBdr>
                         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                       </w:pBdr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D5B0994" w14:textId="77777777" w:rsidR="00F26AA1" w:rsidRDefault="00F26AA1" w:rsidP="0045053C">
+    <w:p w14:paraId="37C5F2F0" w14:textId="77777777" w:rsidR="00B24E86" w:rsidRDefault="00B24E86" w:rsidP="0045053C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="767EE004" w14:textId="77777777" w:rsidR="00F26AA1" w:rsidRDefault="00F26AA1" w:rsidP="0045053C">
+    <w:p w14:paraId="36AE2FAC" w14:textId="77777777" w:rsidR="00B24E86" w:rsidRDefault="00B24E86" w:rsidP="0045053C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A9B9315" w14:textId="17A7CF89" w:rsidR="0045053C" w:rsidRDefault="0045053C">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111CF48B" wp14:editId="1EDE38F0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>160020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7505700" cy="1158240"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="1744354476" name="Immagine 1744354476" descr="Immagine che contiene testo, schermata, Carattere, Blu elettrico&#10;&#10;Descrizione generata automaticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2634,62 +2676,52 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BEA0257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C344A6EC"/>
     <w:lvl w:ilvl="0" w:tplc="319A2B7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="318" w:hanging="204"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="730AB320">
@@ -2774,116 +2806,119 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6676486C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8160" w:hanging="204"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1715079281">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D66BD"/>
     <w:rsid w:val="000A762B"/>
     <w:rsid w:val="0011749D"/>
     <w:rsid w:val="001D66BD"/>
     <w:rsid w:val="0045053C"/>
     <w:rsid w:val="006F7BE7"/>
+    <w:rsid w:val="00887F13"/>
     <w:rsid w:val="00AC5633"/>
+    <w:rsid w:val="00B24E86"/>
     <w:rsid w:val="00D31823"/>
+    <w:rsid w:val="00E80994"/>
     <w:rsid w:val="00F26AA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62D59FDF"/>
   <w15:docId w15:val="{DC2F29EA-79C8-4D1E-AD5E-6A1002EE1B4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3394,62 +3429,62 @@
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0045053C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0045053C"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>