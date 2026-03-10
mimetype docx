--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="774DB211" w14:textId="77777777" w:rsidR="00D111B1" w:rsidRDefault="00D111B1">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB5219F" w14:textId="77777777" w:rsidR="007174C3" w:rsidRPr="00D111B1" w:rsidRDefault="007174C3" w:rsidP="00D111B1">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D111B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">DICHIARAZIONE </w:t>
       </w:r>
       <w:r w:rsidR="00A20497" w:rsidRPr="00D111B1">
         <w:rPr>
@@ -598,70 +598,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I dati sono facoltativi e un eventuale rifiuto di fornirli comporterà la rinunzia al provvedimento finale.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007174C3" w:rsidRPr="00D111B1" w:rsidSect="004A2E0F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="1134" w:left="1134" w:header="510" w:footer="1474" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="596A1D40" w14:textId="77777777" w:rsidR="001F1B36" w:rsidRDefault="001F1B36" w:rsidP="00D111B1">
+    <w:p w14:paraId="5A51AD7C" w14:textId="77777777" w:rsidR="00300BA8" w:rsidRDefault="00300BA8" w:rsidP="00D111B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75A5D6CD" w14:textId="77777777" w:rsidR="001F1B36" w:rsidRDefault="001F1B36" w:rsidP="00D111B1">
+    <w:p w14:paraId="6D98F52A" w14:textId="77777777" w:rsidR="00300BA8" w:rsidRDefault="00300BA8" w:rsidP="00D111B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -683,95 +683,95 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="60A218B2" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRDefault="00594F0E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60A218B2" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="54DC4D37">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="Immagine 124" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;margin-left:-62.85pt;margin-top:784.1pt;width:204.15pt;height:68.05pt;z-index:251656704;visibility:visible;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin">
+        <v:shape id="Immagine 124" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;margin-left:-62.85pt;margin-top:784.1pt;width:204.15pt;height:68.05pt;z-index:1;visibility:visible;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin">
           <v:imagedata r:id="rId1" o:title="" cropright="44375f"/>
           <w10:wrap anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="228B28A6">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Casella di testo 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:120.55pt;margin-top:10.9pt;width:405.15pt;height:58pt;z-index:251657728;visibility:visible;mso-wrap-distance-top:3.6pt;mso-wrap-distance-bottom:3.6pt;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
+        <v:shape id="Casella di testo 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:120.55pt;margin-top:10.9pt;width:405.15pt;height:58pt;z-index:2;visibility:visible;mso-wrap-distance-top:3.6pt;mso-wrap-distance-bottom:3.6pt;mso-width-relative:margin;mso-height-relative:margin" stroked="f">
           <v:textbox>
             <w:txbxContent>
               <w:p w14:paraId="4FA330D6" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
                 <w:pPr>
                   <w:pStyle w:val="Intestazione"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
                 </w:r>
               </w:p>
               <w:p w14:paraId="429554FD" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
@@ -803,67 +803,115 @@
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">: Prof.ssa </w:t>
                 </w:r>
                 <w:r w:rsidR="00951621">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Elisabetta Gola</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="75EA402E" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
+              <w:p w14:paraId="75EA402E" w14:textId="0F6DE2FE" w:rsidR="00594F0E" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
                 <w:pPr>
                   <w:pStyle w:val="Intestazione"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                  <w:t>Segretari</w:t>
+                </w:r>
+                <w:r w:rsidR="009A5F89">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>a</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00594F0E">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Amministrativ</w:t>
+                </w:r>
+                <w:r w:rsidR="009A5F89">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>a</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00594F0E">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>:</w:t>
+                </w:r>
+                <w:r w:rsidR="009A5F89">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00594F0E">
+                  <w:rPr>
+                    <w:color w:val="0A2F41"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
               <w:p w14:paraId="36AD0F7C" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Via </w:t>
                 </w:r>
                 <w:proofErr w:type="spellStart"/>
                 <w:r w:rsidRPr="00594F0E">
                   <w:rPr>
                     <w:color w:val="0A2F41"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
@@ -914,122 +962,115 @@
                   <w:t xml:space="preserve">- </w:t>
                 </w:r>
                 <w:hyperlink r:id="rId3" w:history="1">
                   <w:r w:rsidRPr="004C59E9">
                     <w:rPr>
                       <w:rStyle w:val="Collegamentoipertestuale"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                   </w:r>
                 </w:hyperlink>
               </w:p>
               <w:p w14:paraId="01F5DDBF" w14:textId="77777777" w:rsidR="00594F0E" w:rsidRDefault="00594F0E"/>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap type="square"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A08CEE0" w14:textId="77777777" w:rsidR="001F1B36" w:rsidRDefault="001F1B36" w:rsidP="00D111B1">
+    <w:p w14:paraId="5A915E93" w14:textId="77777777" w:rsidR="00300BA8" w:rsidRDefault="00300BA8" w:rsidP="00D111B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E7B1332" w14:textId="77777777" w:rsidR="001F1B36" w:rsidRDefault="001F1B36" w:rsidP="00D111B1">
+    <w:p w14:paraId="358AC15B" w14:textId="77777777" w:rsidR="00300BA8" w:rsidRDefault="00300BA8" w:rsidP="00D111B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6D6F34E8" w14:textId="77777777" w:rsidR="00D111B1" w:rsidRPr="00594F0E" w:rsidRDefault="00594F0E" w:rsidP="00594F0E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D6F34E8" w14:textId="77777777" w:rsidR="00D111B1" w:rsidRPr="00594F0E" w:rsidRDefault="009A5F89" w:rsidP="00594F0E">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:left="-1276"/>
       <w:rPr>
         <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1878297D">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1025" type="#_x0000_t75" style="width:606.75pt;height:92.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:606.6pt;height:92.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line">
           <v:imagedata r:id="rId1" o:title=""/>
-          <w10:wrap type="none"/>
-          <w10:anchorlock/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E0D2AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7444D5F2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -1546,66 +1587,66 @@
   <w:num w:numId="2" w16cid:durableId="142629193">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2098399318">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="98454052">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2127692086">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="670453744">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1576665414">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2112124369">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
@@ -1619,102 +1660,105 @@
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A6758"/>
     <w:rsid w:val="000033F1"/>
     <w:rsid w:val="00010F0C"/>
     <w:rsid w:val="001827FE"/>
     <w:rsid w:val="001D1D67"/>
     <w:rsid w:val="001F1B36"/>
     <w:rsid w:val="00292143"/>
     <w:rsid w:val="002A6758"/>
     <w:rsid w:val="002C4F10"/>
+    <w:rsid w:val="00300BA8"/>
     <w:rsid w:val="00464AD2"/>
     <w:rsid w:val="004A2E0F"/>
     <w:rsid w:val="00594F0E"/>
     <w:rsid w:val="005D34CA"/>
     <w:rsid w:val="006D3415"/>
     <w:rsid w:val="007174C3"/>
     <w:rsid w:val="00951621"/>
+    <w:rsid w:val="009A5F89"/>
     <w:rsid w:val="009D68F3"/>
     <w:rsid w:val="00A0703B"/>
     <w:rsid w:val="00A16F1B"/>
     <w:rsid w:val="00A20497"/>
     <w:rsid w:val="00A54908"/>
+    <w:rsid w:val="00A60B80"/>
     <w:rsid w:val="00B44D74"/>
     <w:rsid w:val="00CC6CB8"/>
     <w:rsid w:val="00D111B1"/>
     <w:rsid w:val="00D35B4E"/>
     <w:rsid w:val="00F4586E"/>
     <w:rsid w:val="00FD13EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="20F5D221"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{349E57E0-BAAA-48E3-91DF-D87F9298E0E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2067,75 +2111,76 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpodeltesto">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodeltesto">
     <w:name w:val="Corpo del testo"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="CorpodeltestoCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="8364"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpodeltestoCarattere">
     <w:name w:val="Corpo del testo Carattere"/>
     <w:link w:val="Corpodeltesto"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -2253,68 +2298,67 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D111B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00594F0E"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="508176870">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -2583,51 +2627,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>267</Words>
   <Characters>1522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DICHIARAZIONE SOSTITUTIVA DI ATTO NOTORIO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>REGIONE SARDEGNA</Company>