--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="60245FF8" w14:textId="01CF514D" w:rsidR="006B79EA" w:rsidRDefault="006B79EA" w:rsidP="006B79EA">
       <w:pPr>
         <w:ind w:left="6521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Direttore Generale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E828C7A" w14:textId="77777777" w:rsidR="006B79EA" w:rsidRDefault="006B79EA" w:rsidP="006B79EA">
       <w:pPr>
         <w:ind w:left="6521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -767,105 +767,105 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AF4D48D" w14:textId="77777777" w:rsidR="004E70D8" w:rsidRPr="009706A7" w:rsidRDefault="004E70D8" w:rsidP="009706A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2400"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004E70D8" w:rsidRPr="009706A7" w:rsidSect="00A51E57">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1950" w:right="561" w:bottom="1701" w:left="1134" w:header="567" w:footer="28" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F913463" w14:textId="77777777" w:rsidR="000F09B6" w:rsidRDefault="000F09B6" w:rsidP="0030749D">
+    <w:p w14:paraId="023D4A30" w14:textId="77777777" w:rsidR="004841B2" w:rsidRDefault="004841B2" w:rsidP="0030749D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B155AEE" w14:textId="77777777" w:rsidR="000F09B6" w:rsidRDefault="000F09B6" w:rsidP="0030749D">
+    <w:p w14:paraId="1DC647E4" w14:textId="77777777" w:rsidR="004841B2" w:rsidRDefault="004841B2" w:rsidP="0030749D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AF8A267" w14:textId="03A43A82" w:rsidR="00E31376" w:rsidRDefault="00924113">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DBD927B" wp14:editId="36A3B1D2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>1527810</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-499110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4311650" cy="806450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Casella di testo 6"/>
               <wp:cNvGraphicFramePr/>
@@ -951,67 +951,115 @@
                           <w:r w:rsidR="00A51E57">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Elisabetta</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00A51E57">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Gola</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="3C9EB2CE" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
+                        <w:p w14:paraId="3C9EB2CE" w14:textId="2EA57E08" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                           <w:pPr>
                             <w:pStyle w:val="Intestazione"/>
                             <w:jc w:val="both"/>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                            <w:t>Segretari</w:t>
+                          </w:r>
+                          <w:r w:rsidR="008F7D86">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">a </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Amministrativ</w:t>
+                          </w:r>
+                          <w:r w:rsidR="008F7D86">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="008F7D86">
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="2F3E66B9" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Via </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Is Mirrionis,1</w:t>
@@ -1043,86 +1091,86 @@
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>gliari</w:t>
                           </w:r>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> - Tel </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>+39 070/6757525</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="07F7918A" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00456879" w:rsidP="00924113">
+                        <w:p w14:paraId="07F7918A" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidR="00924113" w:rsidRPr="00934FB0">
+                            <w:r w:rsidRPr="00934FB0">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
-                          <w:r w:rsidR="00924113" w:rsidRPr="00915C1C">
+                          <w:r w:rsidRPr="00915C1C">
                             <w:rPr>
                               <w:color w:val="244061"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="00924113" w:rsidRPr="004E6DD8">
+                          <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">- </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId2" w:history="1">
-                            <w:r w:rsidR="00924113" w:rsidRPr="004C59E9">
+                            <w:r w:rsidRPr="004C59E9">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="0C5F8E84" w14:textId="676F5AA8" w:rsidR="00E601EC" w:rsidRPr="007F69AF" w:rsidRDefault="00E601EC" w:rsidP="00E601EC">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
@@ -1209,67 +1257,115 @@
                     <w:r w:rsidR="00A51E57">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Elisabetta</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00A51E57">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Gola</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="3C9EB2CE" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
+                  <w:p w14:paraId="3C9EB2CE" w14:textId="2EA57E08" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                     <w:pPr>
                       <w:pStyle w:val="Intestazione"/>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                      <w:t>Segretari</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008F7D86">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">a </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Amministrativ</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008F7D86">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidR="008F7D86">
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="2F3E66B9" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Via </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Is Mirrionis,1</w:t>
@@ -1301,86 +1397,86 @@
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>gliari</w:t>
                     </w:r>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> - Tel </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>+39 070/6757525</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="07F7918A" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00456879" w:rsidP="00924113">
+                  <w:p w14:paraId="07F7918A" w14:textId="77777777" w:rsidR="00924113" w:rsidRPr="004E6DD8" w:rsidRDefault="00924113" w:rsidP="00924113">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId3" w:history="1">
-                      <w:r w:rsidR="00924113" w:rsidRPr="00934FB0">
+                      <w:r w:rsidRPr="00934FB0">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
-                    <w:r w:rsidR="00924113" w:rsidRPr="00915C1C">
+                    <w:r w:rsidRPr="00915C1C">
                       <w:rPr>
                         <w:color w:val="244061"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00924113" w:rsidRPr="004E6DD8">
+                    <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">- </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId4" w:history="1">
-                      <w:r w:rsidR="00924113" w:rsidRPr="004C59E9">
+                      <w:r w:rsidRPr="004C59E9">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="0C5F8E84" w14:textId="676F5AA8" w:rsidR="00E601EC" w:rsidRPr="007F69AF" w:rsidRDefault="00E601EC" w:rsidP="00E601EC">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -1438,80 +1534,79 @@
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="418217973"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E31376">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E31376">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E31376">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="4D96D005" w14:textId="77777777" w:rsidR="00E31376" w:rsidRDefault="00E31376">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0226326F" w14:textId="281075B9" w:rsidR="00B63278" w:rsidRDefault="00E31376" w:rsidP="008C5C09">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="-1694"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BEA6B" wp14:editId="5B21EBAE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>1515110</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-735965</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3873500" cy="863600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
@@ -1729,86 +1824,86 @@
                           <w:r w:rsidR="0072282C">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>gliari</w:t>
                           </w:r>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> - Tel </w:t>
                           </w:r>
                           <w:r w:rsidR="0072282C">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>+39 070/6757525</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="58FEF00E" w14:textId="0E090F11" w:rsidR="00E31376" w:rsidRPr="004E6DD8" w:rsidRDefault="00456879">
+                        <w:p w14:paraId="58FEF00E" w14:textId="0E090F11" w:rsidR="00E31376" w:rsidRPr="004E6DD8" w:rsidRDefault="00F77EC7">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidR="00F77EC7" w:rsidRPr="00934FB0">
+                            <w:r w:rsidRPr="00934FB0">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
                           <w:r w:rsidR="0072282C" w:rsidRPr="00915C1C">
                             <w:rPr>
                               <w:color w:val="244061"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00F742EA" w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">- </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId2" w:history="1">
-                            <w:r w:rsidR="00F77EC7" w:rsidRPr="004C59E9">
+                            <w:r w:rsidRPr="004C59E9">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -2149,110 +2244,110 @@
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="002C4040">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44324812" w14:textId="77777777" w:rsidR="000F09B6" w:rsidRDefault="000F09B6" w:rsidP="0030749D">
+    <w:p w14:paraId="1A0D12DA" w14:textId="77777777" w:rsidR="004841B2" w:rsidRDefault="004841B2" w:rsidP="0030749D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F1DB694" w14:textId="77777777" w:rsidR="000F09B6" w:rsidRDefault="000F09B6" w:rsidP="0030749D">
+    <w:p w14:paraId="427899BF" w14:textId="77777777" w:rsidR="004841B2" w:rsidRDefault="004841B2" w:rsidP="0030749D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6D36BEFE" w14:textId="3749DDB2" w:rsidR="0030749D" w:rsidRDefault="00456879">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D36BEFE" w14:textId="3749DDB2" w:rsidR="0030749D" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="11706959">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark1207805810" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:620pt;height:877pt;z-index:-251656704;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="9203_f3_carta intestata UNICA_037"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AC6553D" w14:textId="1DE3D3A9" w:rsidR="0030749D" w:rsidRPr="002F0D7B" w:rsidRDefault="00E601EC" w:rsidP="00204529">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-1134" w:right="-1134"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="483BB763" wp14:editId="2FB91542">
           <wp:extent cx="7598466" cy="1186004"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1953995307" name="Immagine 1953995307"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Immagine 3"/>
@@ -2268,51 +2363,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7716076" cy="1204361"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="272A7BF6" w14:textId="58E70703" w:rsidR="00AC43BB" w:rsidRPr="00204529" w:rsidRDefault="00AC2AF0" w:rsidP="00204529">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-1134" w:right="-1134"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3204D263" wp14:editId="34FF13D8">
           <wp:extent cx="7586804" cy="1176580"/>
           <wp:effectExtent l="0" t="0" r="0" b="5080"/>
           <wp:docPr id="1076507564" name="Immagine 1076507564"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="4" name="Immagine 4"/>
@@ -2328,55 +2423,55 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7721203" cy="1197423"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2422,133 +2517,136 @@
     <w:rsid w:val="002C35DA"/>
     <w:rsid w:val="002C4040"/>
     <w:rsid w:val="002E28E3"/>
     <w:rsid w:val="002F0D7B"/>
     <w:rsid w:val="00307220"/>
     <w:rsid w:val="0030749D"/>
     <w:rsid w:val="00313B14"/>
     <w:rsid w:val="003152FB"/>
     <w:rsid w:val="00324279"/>
     <w:rsid w:val="00334CD1"/>
     <w:rsid w:val="00347E08"/>
     <w:rsid w:val="003515FE"/>
     <w:rsid w:val="00360818"/>
     <w:rsid w:val="0037622E"/>
     <w:rsid w:val="00383F28"/>
     <w:rsid w:val="00384CD1"/>
     <w:rsid w:val="00390A63"/>
     <w:rsid w:val="003A1758"/>
     <w:rsid w:val="003B0942"/>
     <w:rsid w:val="003B3096"/>
     <w:rsid w:val="003B6000"/>
     <w:rsid w:val="003D6177"/>
     <w:rsid w:val="00456879"/>
     <w:rsid w:val="00462D8D"/>
     <w:rsid w:val="00464D4E"/>
+    <w:rsid w:val="004841B2"/>
     <w:rsid w:val="004A1477"/>
     <w:rsid w:val="004B1597"/>
     <w:rsid w:val="004D04C6"/>
     <w:rsid w:val="004D6B5C"/>
     <w:rsid w:val="004E061B"/>
     <w:rsid w:val="004E6DD8"/>
     <w:rsid w:val="004E70D8"/>
     <w:rsid w:val="00501D79"/>
     <w:rsid w:val="00513537"/>
     <w:rsid w:val="00566BF9"/>
     <w:rsid w:val="005932B0"/>
     <w:rsid w:val="005974C5"/>
     <w:rsid w:val="005B55C0"/>
     <w:rsid w:val="00633AC1"/>
     <w:rsid w:val="006612BC"/>
     <w:rsid w:val="0068140F"/>
     <w:rsid w:val="00690FA9"/>
     <w:rsid w:val="00694DBA"/>
     <w:rsid w:val="006952CC"/>
     <w:rsid w:val="006974B8"/>
     <w:rsid w:val="006A0E69"/>
     <w:rsid w:val="006A376F"/>
     <w:rsid w:val="006B79EA"/>
     <w:rsid w:val="006C3DB0"/>
     <w:rsid w:val="006D3C2A"/>
     <w:rsid w:val="006D5D46"/>
     <w:rsid w:val="0070015B"/>
     <w:rsid w:val="0072282C"/>
     <w:rsid w:val="00725B69"/>
     <w:rsid w:val="007607CF"/>
     <w:rsid w:val="00764FCE"/>
     <w:rsid w:val="00783DF6"/>
     <w:rsid w:val="007D4DB0"/>
     <w:rsid w:val="007E1252"/>
     <w:rsid w:val="007E2863"/>
     <w:rsid w:val="007E2A39"/>
     <w:rsid w:val="007E2D7F"/>
     <w:rsid w:val="007E6A75"/>
     <w:rsid w:val="007F69AF"/>
     <w:rsid w:val="0081328C"/>
     <w:rsid w:val="0088311F"/>
     <w:rsid w:val="00890B68"/>
     <w:rsid w:val="008A375C"/>
     <w:rsid w:val="008B1590"/>
     <w:rsid w:val="008B6E12"/>
     <w:rsid w:val="008C5C09"/>
     <w:rsid w:val="008F1486"/>
     <w:rsid w:val="008F1E54"/>
     <w:rsid w:val="008F27C3"/>
     <w:rsid w:val="008F6F2E"/>
+    <w:rsid w:val="008F7D86"/>
     <w:rsid w:val="00903E25"/>
     <w:rsid w:val="00913CE5"/>
     <w:rsid w:val="00924113"/>
     <w:rsid w:val="00941BE5"/>
     <w:rsid w:val="00962C6E"/>
     <w:rsid w:val="00963129"/>
     <w:rsid w:val="009706A7"/>
     <w:rsid w:val="009A49AC"/>
     <w:rsid w:val="009B4A81"/>
     <w:rsid w:val="009C17BA"/>
     <w:rsid w:val="009C6E5C"/>
     <w:rsid w:val="009E16F6"/>
     <w:rsid w:val="009F2A67"/>
     <w:rsid w:val="00A420E0"/>
     <w:rsid w:val="00A51E57"/>
     <w:rsid w:val="00A67EF3"/>
     <w:rsid w:val="00A75007"/>
     <w:rsid w:val="00A82334"/>
     <w:rsid w:val="00A869F0"/>
     <w:rsid w:val="00AA137F"/>
     <w:rsid w:val="00AA2D86"/>
     <w:rsid w:val="00AB43B1"/>
     <w:rsid w:val="00AC2AF0"/>
     <w:rsid w:val="00AC43BB"/>
     <w:rsid w:val="00AC4E14"/>
     <w:rsid w:val="00AC7939"/>
     <w:rsid w:val="00B142E5"/>
     <w:rsid w:val="00B210B5"/>
     <w:rsid w:val="00B3790B"/>
     <w:rsid w:val="00B61DCF"/>
     <w:rsid w:val="00B63278"/>
     <w:rsid w:val="00B700C1"/>
     <w:rsid w:val="00B92F19"/>
+    <w:rsid w:val="00BB1205"/>
     <w:rsid w:val="00BB59BB"/>
     <w:rsid w:val="00BB5C2E"/>
     <w:rsid w:val="00BC10C0"/>
     <w:rsid w:val="00BD35AF"/>
     <w:rsid w:val="00BE4E10"/>
     <w:rsid w:val="00BE7729"/>
     <w:rsid w:val="00C36D3F"/>
     <w:rsid w:val="00C44D5D"/>
     <w:rsid w:val="00C514AE"/>
     <w:rsid w:val="00C578C3"/>
     <w:rsid w:val="00C64BF6"/>
     <w:rsid w:val="00C7619F"/>
     <w:rsid w:val="00C76C94"/>
     <w:rsid w:val="00C8089B"/>
     <w:rsid w:val="00C92721"/>
     <w:rsid w:val="00C94BB0"/>
     <w:rsid w:val="00CA4E51"/>
     <w:rsid w:val="00CB36D1"/>
     <w:rsid w:val="00CD6424"/>
     <w:rsid w:val="00CE2C90"/>
     <w:rsid w:val="00CF183E"/>
     <w:rsid w:val="00CF1A22"/>
     <w:rsid w:val="00D06BA8"/>
     <w:rsid w:val="00D07A57"/>
     <w:rsid w:val="00D07A6C"/>
@@ -2601,51 +2699,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5B490D34"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3262,51 +3360,51 @@
     <w:rsid w:val="000A1416"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentovisitato">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00334CD1"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
@@ -3613,63 +3711,50 @@
       <a:lstStyle/>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100F1103BDB1512374EB58A1AE15F153D39" ma:contentTypeVersion="16" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="9e3ab7c0303c31d02dc20b06714dafda">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="516017ed-a644-4cfc-8487-fb58ea53d9fe" xmlns:ns3="3b9e930c-0c38-49a4-8fff-a00ecd379ae1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4c0d5784c47e3a57ba9b5a35689807cb" ns2:_="" ns3:_="">
     <xsd:import namespace="516017ed-a644-4cfc-8487-fb58ea53d9fe"/>
     <xsd:import namespace="3b9e930c-0c38-49a4-8fff-a00ecd379ae1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3868,88 +3953,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{316162D1-BBA4-432B-8976-2C455487D5F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="516017ed-a644-4cfc-8487-fb58ea53d9fe"/>
     <ds:schemaRef ds:uri="3b9e930c-0c38-49a4-8fff-a00ecd379ae1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{959F7D1B-24F7-8541-BDBE-EE79C44FFFE9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BCBB708-B5DA-4D80-8E1D-D89AAE39260D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>80</Words>
   <Characters>456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>