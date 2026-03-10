--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="427B2FBD" w14:textId="77777777" w:rsidR="00386FF3" w:rsidRDefault="00386FF3" w:rsidP="00C5689B">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="60"/>
         <w:ind w:right="1999"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AE35083" w14:textId="77777777" w:rsidR="00A10A88" w:rsidRDefault="00871346">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="60"/>
         <w:ind w:left="1999" w:right="1999" w:firstLine="1072"/>
       </w:pPr>
       <w:r>
         <w:t>RICHIESTA DI AUTORIZZAZIONE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>DELL'USO</w:t>
@@ -167,156 +167,135 @@
     <w:p w14:paraId="300D1245" w14:textId="77777777" w:rsidR="00A10A88" w:rsidRDefault="00871346">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="45"/>
       </w:pPr>
       <w:r>
         <w:t>Il</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sottoscritto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>…...…………………</w:t>
-[...7 lines deleted...]
-        <w:t>……………….……………………………....……</w:t>
+        <w:t>…...……………………….……………….……………………………....……</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>servizio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>presso</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>la/il</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>...........................................................................................................................…</w:t>
-[...7 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>...........................................................................................................................……….,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>qualità</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00829ED0" w14:textId="77777777" w:rsidR="00A10A88" w:rsidRDefault="00871346">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="6696"/>
         </w:tabs>
         <w:spacing w:line="250" w:lineRule="exact"/>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:t>di</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>……………………………….………..</w:t>
+        <w:t>….……………………………….………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>matricola.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -378,59 +357,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>effettuare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.…,</w:t>
+        <w:t>……………………………………………………..…,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>data</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5762,96 +5733,96 @@
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7447B957" id="Freeform 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.5pt;margin-top:13.4pt;width:2in;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2880,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATDTzykAIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pV2SGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P1tw5oMwldBgVMmflOc3y9evrntbqBwa0JVyDEGML3pb8iYEWySJl43qhD8Hqwwaa3CdCKi6TVI5&#10;0SN6p5M8TWdJD66yDqTyHv/eDUa+JPy6VjJ8rWuvAtMlR26BTkfnOp7J8loUGyds08qRhvgHFp1o&#10;DQY9QN2JINjWtX9Ada104KEO5xK6BOq6lYpywGyy9CSbx0ZYRblgcbw9lMn/P1j5Zfdov7lI3dsH&#10;kD88ViTprS8Olqh49GHr/jNU2EOxDUDJ7mvXxZuYBttTTZ8ONVX7wCT+zBb5YpFi6SXasnxOJU9E&#10;Md2VWx8+KiAcsXvwYehIhRLVs2JGdBh0hRB1p7E5b89Yyuazi+EYO3hwyya3NwlbpaxnMfypUz45&#10;EVaWvkuvCPHU72Lyi2D5ERgmsJkoimZiLfdmpI0SE/EJpFQoCz4WaIXkpgohAjrFFP/ii7FPfYc7&#10;YwiHs3061Y4znOr1kIYVITKLIaLI+pJTLeKPDnZqBWQKJ63DIM9WbY698sX86gWrwYw3YgCcm0Gg&#10;oJHrUWsN3LdaU2+1iVRm6XxGtfGg2yoaIxvvNutb7dhOxPdKX0wGwV64OdiaisAaJaoPoxxEqwcZ&#10;/TXWluY4jm5cB75YQ/WEY+xg2AK4tVBowP3irMcNUHL/cyuc4kx/MvjErrLLy7gySLl8N89RcceW&#10;9bFFGIlQJQ8cGx/F2zCsma117abBSBmla+A9Pp+6jXNO/AZWo4KvnLIdN1JcI8c6eT3vzeVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAeDIAZ90AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdoiYoxKkqJDiUE216d+NtHBGvo9hNw9+zPcFxZ0cz88rN7Hsx4Ri7QBqWCwUCqQm2&#10;o1ZDfXh/egERkyFr+kCo4QcjbKr7u9IUNlzpC6d9agWHUCyMBpfSUEgZG4fexEUYkPh3DqM3ic+x&#10;lXY0Vw73vVwplUlvOuIGZwZ8c9h87y9eg1zPg68/fVPnu53b5tP5+HGQWj8+zNtXEAnn9GeG23ye&#10;DhVvOoUL2Sh6DXn2zCxJwypjhJtBrZesnFjJFciqlP8Rql8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAEw088pACAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAeDIAZ90AAAAKAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l2879,e" filled="f" strokeweight=".16878mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1828165,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A10A88" w:rsidSect="00A554E3">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="760" w:right="1020" w:bottom="280" w:left="1020" w:header="57" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12BE3EE2" w14:textId="77777777" w:rsidR="00076E95" w:rsidRDefault="00076E95" w:rsidP="00871346">
+    <w:p w14:paraId="7092BBED" w14:textId="77777777" w:rsidR="00FF5C3B" w:rsidRDefault="00FF5C3B" w:rsidP="00871346">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50A466DA" w14:textId="77777777" w:rsidR="00076E95" w:rsidRDefault="00076E95" w:rsidP="00871346">
+    <w:p w14:paraId="6891C560" w14:textId="77777777" w:rsidR="00FF5C3B" w:rsidRDefault="00FF5C3B" w:rsidP="00871346">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="639754A7" w14:textId="6607C6A1" w:rsidR="00C5689B" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="4080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="535C04A6" wp14:editId="2172DE76">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1927860</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>110490</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3870960" cy="1404620"/>
@@ -5961,67 +5932,115 @@
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ssa </w:t>
                           </w:r>
                           <w:r w:rsidR="0034717A">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Elisabetta Gola</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0641AD8B" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
+                        <w:p w14:paraId="0641AD8B" w14:textId="0DA8E63F" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                           <w:pPr>
                             <w:pStyle w:val="Intestazione"/>
                             <w:jc w:val="both"/>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                            <w:t>Segretari</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0008489F">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Amministrativ</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0008489F">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0008489F">
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="20AB5283" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Via </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
@@ -6063,86 +6082,86 @@
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>gliari</w:t>
                           </w:r>
                           <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> - Tel </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>+39 070/6757525</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="67893B16" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00000000" w:rsidP="00C5689B">
+                        <w:p w14:paraId="67893B16" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidR="00C5689B" w:rsidRPr="00934FB0">
+                            <w:r w:rsidRPr="00934FB0">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
-                          <w:r w:rsidR="00C5689B" w:rsidRPr="00915C1C">
+                          <w:r w:rsidRPr="00915C1C">
                             <w:rPr>
                               <w:color w:val="244061"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="00C5689B" w:rsidRPr="004E6DD8">
+                          <w:r w:rsidRPr="004E6DD8">
                             <w:rPr>
                               <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">- </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId2" w:history="1">
-                            <w:r w:rsidR="00C5689B" w:rsidRPr="004C59E9">
+                            <w:r w:rsidRPr="004C59E9">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="60E255F0" w14:textId="4ECB9653" w:rsidR="00C5689B" w:rsidRDefault="00C5689B"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>20000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
@@ -6226,67 +6245,115 @@
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ssa </w:t>
                     </w:r>
                     <w:r w:rsidR="0034717A">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Elisabetta Gola</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0641AD8B" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
+                  <w:p w14:paraId="0641AD8B" w14:textId="0DA8E63F" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                     <w:pPr>
                       <w:pStyle w:val="Intestazione"/>
                       <w:jc w:val="both"/>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Segretario Amministrativo: Rag. Sandro Deiana</w:t>
+                      <w:t>Segretari</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0008489F">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Amministrativ</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0008489F">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0008489F">
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Dott.ssa Fabiola Nucifora</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="20AB5283" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Via </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
@@ -6328,86 +6395,86 @@
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>gliari</w:t>
                     </w:r>
                     <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> - Tel </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>+39 070/6757525</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="67893B16" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00000000" w:rsidP="00C5689B">
+                  <w:p w14:paraId="67893B16" w14:textId="77777777" w:rsidR="00C5689B" w:rsidRPr="004E6DD8" w:rsidRDefault="00C5689B" w:rsidP="00C5689B">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId3" w:history="1">
-                      <w:r w:rsidR="00C5689B" w:rsidRPr="00934FB0">
+                      <w:r w:rsidRPr="00934FB0">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
-                    <w:r w:rsidR="00C5689B" w:rsidRPr="00915C1C">
+                    <w:r w:rsidRPr="00915C1C">
                       <w:rPr>
                         <w:color w:val="244061"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00C5689B" w:rsidRPr="004E6DD8">
+                    <w:r w:rsidRPr="004E6DD8">
                       <w:rPr>
                         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">- </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId4" w:history="1">
-                      <w:r w:rsidR="00C5689B" w:rsidRPr="004C59E9">
+                      <w:r w:rsidRPr="004C59E9">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="60E255F0" w14:textId="4ECB9653" w:rsidR="00C5689B" w:rsidRDefault="00C5689B"/>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4272C4AA" wp14:editId="585E8778">
           <wp:simplePos x="0" y="0"/>
@@ -6457,70 +6524,70 @@
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="227C9A6B" w14:textId="77777777" w:rsidR="00076E95" w:rsidRDefault="00076E95" w:rsidP="00871346">
+    <w:p w14:paraId="18888651" w14:textId="77777777" w:rsidR="00FF5C3B" w:rsidRDefault="00FF5C3B" w:rsidP="00871346">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3499A8B9" w14:textId="77777777" w:rsidR="00076E95" w:rsidRDefault="00076E95" w:rsidP="00871346">
+    <w:p w14:paraId="2BF89981" w14:textId="77777777" w:rsidR="00FF5C3B" w:rsidRDefault="00FF5C3B" w:rsidP="00871346">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="059D2336" w14:textId="5A710B7F" w:rsidR="00871346" w:rsidRDefault="00F40096" w:rsidP="00871346">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="680"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10955813" wp14:editId="42119ED8">
           <wp:simplePos x="0" y="0"/>
@@ -6697,51 +6764,51 @@
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3CB67902" w14:textId="7660AC81" w:rsidR="00F40096" w:rsidRPr="00871346" w:rsidRDefault="00F40096" w:rsidP="00871346">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="680"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A6F6D0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF4A9430"/>
     <w:lvl w:ilvl="0" w:tplc="59022EF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="814" w:hanging="701"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:w w:val="99"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -6836,126 +6903,129 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="55F8727E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7855" w:hanging="677"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1634796426">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A10A88"/>
     <w:rsid w:val="00076E95"/>
+    <w:rsid w:val="0008489F"/>
     <w:rsid w:val="00126D58"/>
     <w:rsid w:val="001C168C"/>
     <w:rsid w:val="0034717A"/>
+    <w:rsid w:val="00356BA5"/>
     <w:rsid w:val="00386FF3"/>
     <w:rsid w:val="00431AA1"/>
     <w:rsid w:val="0076113E"/>
     <w:rsid w:val="00871346"/>
     <w:rsid w:val="00A10A88"/>
     <w:rsid w:val="00A554E3"/>
     <w:rsid w:val="00B012EF"/>
     <w:rsid w:val="00BF7F68"/>
     <w:rsid w:val="00C5689B"/>
     <w:rsid w:val="00CA1E42"/>
     <w:rsid w:val="00F40096"/>
+    <w:rsid w:val="00FF5C3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3D6BE712"/>
   <w15:docId w15:val="{E56F2F67-D22A-4EA5-A3CC-85CE753A3003}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7474,51 +7544,51 @@
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00871346"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C5689B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>