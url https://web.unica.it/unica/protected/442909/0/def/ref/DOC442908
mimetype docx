--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -1,33 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3403,51 +3403,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00FE505D" w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ndicare prima dell’autorizzazione</w:t>
       </w:r>
       <w:r w:rsidR="00A30CD5" w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207F21A8" w14:textId="5F61DE29" w:rsidR="00CE5628" w:rsidRPr="0001360B" w:rsidRDefault="00A30CD5" w:rsidP="00EA5FD2">
+    <w:p w14:paraId="207F21A8" w14:textId="5F61DE29" w:rsidR="00CE5628" w:rsidRDefault="00A30CD5" w:rsidP="00EA5FD2">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BF20B3" w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -3486,694 +3486,559 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE505D" w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>missione</w:t>
       </w:r>
       <w:r w:rsidR="00CE5628" w:rsidRPr="0001360B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CE5628" w:rsidRPr="0001360B" w:rsidSect="007A642F">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="01893AEA" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D5BA222" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CDECC43" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06111C14" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDC7FC2" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62030FDF" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440BEFA6" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCA91EC" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidSect="007A642F">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="981" w:bottom="284" w:left="1021" w:header="227" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5207E8AC" w14:textId="77777777" w:rsidR="00E2730E" w:rsidRDefault="00E2730E" w:rsidP="0067699E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0A308BE6" w14:textId="77777777" w:rsidR="00E2730E" w:rsidRDefault="00E2730E" w:rsidP="0067699E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0431ECAF" w14:textId="77777777" w:rsidR="00D813E5" w:rsidRDefault="00D813E5">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09B3577D" w14:textId="4A5172A6" w:rsidR="008F496B" w:rsidRDefault="00D813E5">
+  <w:p w14:paraId="09B3577D" w14:textId="313CE9E4" w:rsidR="008F496B" w:rsidRDefault="00FA638F">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08E59A76" wp14:editId="34766CC8">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-600710</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>188595</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2444115" cy="814705"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapNone/>
+          <wp:docPr id="399795195" name="Logo UniCa"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="399795195" name="Logo UniCa"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="67711"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2444115" cy="814705"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00FA638F">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wpg">
+        <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31A82246" wp14:editId="2B6A9D00">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="391E7265" wp14:editId="0779F0D9">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-600710</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>1847215</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>112395</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6759575" cy="890905"/>
-[...2 lines deleted...]
-              <wp:docPr id="477994413" name="Logo UniCa e riferimenti a pie' di pagina"/>
+              <wp:extent cx="4240530" cy="532765"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="20853"/>
+                  <wp:lineTo x="21542" y="20853"/>
+                  <wp:lineTo x="21542" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="622400102" name="info segreteria prima pag."/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
-[...2 lines deleted...]
-                    <wpg:grpSpPr>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6759575" cy="890905"/>
-[...1 lines deleted...]
-                        <a:chExt cx="6759575" cy="890905"/>
+                        <a:ext cx="4240530" cy="532765"/>
                       </a:xfrm>
-                    </wpg:grpSpPr>
-[...204 lines deleted...]
-                            <w:r w:rsidR="00E516A8">
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="52B11070" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00FA638F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="6DD07DD7" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00FA638F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="7278832F" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00FA638F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">e-mail </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="00FA638F">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">, </w:t>
+                              <w:t>segpsico@unica.it</w:t>
                             </w:r>
-                            <w:r w:rsidR="00E516A8">
+                          </w:hyperlink>
+                          <w:r w:rsidRPr="00FA638F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">, </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00FA638F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:color w:val="0A2F41"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">web: </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId3" w:history="1">
+                            <w:r w:rsidRPr="00FA638F">
                               <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
+                                <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">sito: </w:t>
+                              <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId2" w:history="1">
-[...56 lines deleted...]
-                  </wpg:wgp>
+                          </w:hyperlink>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="31A82246" id="Logo UniCa e riferimenti a pie' di pagina" o:spid="_x0000_s1026" style="position:absolute;margin-left:-47.3pt;margin-top:8.85pt;width:532.25pt;height:70.15pt;z-index:251661312" coordsize="67595,8909" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA1+uOglQMAAC4IAAAOAAAAZHJzL2Uyb0RvYy54bWykVcFu2zgQvS+w&#10;/0Do3shybCsSYhdeZxMUyLZB0yJnmqIsohLJJWnL2a/fR9JK4sTYFtmDZQ45HM48znu8/LjvWrLj&#10;xgol50l2NkoIl0xVQm7myfdv1x8uEmIdlRVtleTz5JHb5OPi998ue13ysWpUW3FDEETastfzpHFO&#10;l2lqWcM7as+U5hKLtTIddTDNJq0M7RG9a9PxaDRLe2UqbRTj1mL2Ki4mixC/rjlzX+rackfaeYLc&#10;XPia8F37b7q4pOXGUN0IdkiDviOLjgqJQ59CXVFHydaIN6E6wYyyqnZnTHWpqmvBeKgB1WSjV9Xc&#10;GLXVoZZN2W/0E0yA9hVO7w7LPu9ujL7XdwZI9HoDLILla9nXpvP/yJLsA2SPT5DxvSMMk7N8Wkzz&#10;aUIY1i6KUTGaRkxZA+DfbGPNn/+9MR2OTY+S6TXawz4jYP8fAvcN1TwAa0sgcGeIqNC9RV7koyIf&#10;oxxJO3TrV1FzIzounSCWbwx3MKkv0CeEnR444vZ/KECRDfMWkyfwG08meeFjv0Vxcp5lsyn606M4&#10;zYrzvPDBnsCgpTbW3XDVET+YJwaNHfqN7m6ti66Diz/aqlZU16Jtg+HJxFetITsKGrQuZIrgR16t&#10;JD3u8xxp+E1S+e0xciuRi684VuZHbr/eH2BYq+oRKBgVyWU1uxZI8pZad0cN2IS6oBDuCz51q3CI&#10;OowS0ijzz6l5748rxmpCerBznti/t9TwhLSfJC6/yCYTT+dgTKb5GIZ5ubJ+uSK33Uqh8gxapFkY&#10;en/XDsPaqO4BQrL0p2KJSoaz54kbhisXNQNCxPhyGZxAYE3drbzXzIf2oPkr+LZ/oEYf7smBJ5/V&#10;0G60fHVd0TfCvdw6VYtwlx7giOoBd7T+4lILVuJ3UAGM3nDg52qJXW7rYYyK2/1SjI6aH1v9IdYr&#10;1qIV7jGIL2r2ScndnWC+5b3xTKd8djEdnWcXwDOy6VZtFPkuxSowaHCOW4GdYLeK/bBEqlVD5YYv&#10;rUaXH3iVHrsH8+jcdSu071jfhw/CNQHz4V784qFk3OMr7TyBWtTlK8W2nvvxoTG8pQ6vnG2Etuie&#10;kndrXoGKn6rAJ9DJsK/ImOCIWZ5nw6yDbLDGM8nXMOQZ0fKEIuv+L1VBbSg6ILTRSeHNZ3jvorYO&#10;4gtFmWQZFCWIbzbJo/i+XzY80U9Q3+cdqR9KgBn6MjxKGB29ei/t4PX8zC/+BQAA//8DAFBLAwQK&#10;AAAAAAAAACEAFmrZsGpCAQBqQgEAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4QSVRXhpZgAA&#10;TU0AKgAAAAgADAEAAAMAAAABCbAAAAEBAAMAAAABDbQAAAECAAMAAAADAAAAngEGAAMAAAABAAIA&#10;AAESAAMAAAABAAEAAAEVAAMAAAABAAMAAAEaAAUAAAABAAAApAEbAAUAAAABAAAArAEoAAMAAAAB&#10;AAIAAAExAAIAAAAhAAAAtAEyAAIAAAAUAAAA1YdpAAQAAAABAAAA7AAAASQACAAIAAgALcbAAAAn&#10;EAAtxsAAACcQQWRvYmUgUGhvdG9zaG9wIDIzLjAgKE1hY2ludG9zaCkAMjAyMToxMToxNSAxNDo1&#10;MToyNwAAAAAABJAAAAcAAAAEMDIzMaABAAMAAAAB//8AAKACAAQAAAABAAAJsKADAAQAAAABAAAB&#10;DQAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAFyARsABQAAAAEAAAF6ASgAAwAAAAEAAgAA&#10;AgEABAAAAAEAAAGCAgIABAAAAAEAAAMLAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9D&#10;TQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwM&#10;DAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwM&#10;DAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAEQCdAwEiAAIRAQMR&#10;Af/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAA&#10;AQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVS&#10;wWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSl&#10;tcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFR&#10;YXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOE&#10;w9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A&#10;9VVTKozbXuFNvp1vZt3Aw5rotG5nse33epX/ANsq2kkpxs3B67Zfi3VXMfXS+x9tHq2Y7XOLmnHt&#10;dZTVkPtrrrbZXZgWfoLPX/nv0FSl03B6zR0ZmH1LIGZmMeQ7KYSC9jnbw57f0Wx1bX+ns3/4Na6S&#10;PEarRFOU7Fytpip276M79D/L91x27VqNkAAmTGp4TpJE2lSSSSClJJJJKUkkkkpSSSSSlJJJJKUk&#10;kkkpSSSSSn//0PVUl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qp&#10;JKfqpJfKqSSn6qSXyqkkp+qkl8qpJKf/2f/tDO5QaG90b3Nob3AgMy4wADhCSU0EBAAAAAAADxwB&#10;WgADGyVHHAIAAAIAAAA4QklNBCUAAAAAABDNz/p9qMe+CQVwdq6vBcNOOEJJTQQ6AAAAAAGsAAAA&#10;EAAAAAEAAAAAAAtwcmludE91dHB1dAAAAAYAAAAAQ2xyU2VudW0AAAAAQ2xyUwAAAABSR0JDAAAA&#10;AE5tICBURVhUAAAAOgBBAEMARQBTACAAQQBjAGEAZABlAG0AeQAgAEMAbwBsAG8AcgAgAEUAbgBj&#10;AG8AZABpAG4AZwAgAFMAcABlAGMAaQBmAGkAYwBhAHQAaQBvAG4AIABTAE0AUABUAEUAIABTAFQA&#10;IAAyADAANgA1AC0AMQAAAAAAAEludGVlbnVtAAAAAEludGUAAAAAQUNscgAAAA9wcmludFNpeHRl&#10;ZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQAAAAZAEIAcgBvAHQAaABlAHIAIABIAEwALQAz&#10;ADEANAAwAEMAVwAgAHMAZQByAGkAZQBzAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAAAA4ASQBt&#10;AHAAbwBzAHQAYQAgAHAAcgBvAHYAYQAAAAAACnByb29mU2V0dXAAAAABAAAAAEJsdG5lbnVtAAAA&#10;DGJ1aWx0aW5Qcm9vZgAAAAlwcm9vZkNNWUs4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAAEnByaW50&#10;T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NNYm9vbAAA&#10;AAAAQ3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wAAAAAAEVt&#10;bERib29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMAAAAAUmQg&#10;IGRvdWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAAAAAAAAAA&#10;QnJkVFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNsdFVudEYj&#10;UHhsQHLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQ&#10;QwAAAABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAAAABTY2wg&#10;VW50RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0&#10;b21sb25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAA&#10;AAAAAAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABABLAAAAAEAAgEsAAAAAQACOEJJ&#10;TQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAAAeOEJJTQQZAAAAAAAEAAAAHjhC&#10;SU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAACOEJJTQP1AAAAAABIAC9m&#10;ZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAAB&#10;AC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////&#10;/////////////////////////wPoAAAAAP////////////////////////////8D6AAAAAD/////&#10;////////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklNBB4A&#10;AAAAAAQAAAAAOEJJTQQaAAAAAANVAAAABgAAAAAAAAAAAAABDQAACbAAAAAQAHAAaQBlACAAcABh&#10;AGcAaQBuAGEAIABwAHIAaQBtAGEAAAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAACbAA&#10;AAENAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAA&#10;AgAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0&#10;bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAENAAAAAFJnaHRsb25nAAAJsAAAAAZzbGljZXNWbExzAAAA&#10;AU9iamMAAAABAAAAAAAFc2xpY2UAAAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9u&#10;ZwAAAAAAAAAGb3JpZ2luZW51bQAAAAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABU&#10;eXBlZW51bQAAAApFU2xpY2VUeXBlAAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3Qx&#10;AAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAABDQAAAABS&#10;Z2h0bG9uZwAACbAAAAADdXJsVEVYVAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVY&#10;VAAAAAEAAAAAAAZhbHRUYWdURVhUAAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2Vs&#10;bFRleHRURVhUAAAAAQAAAAAACWhvcnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2Rl&#10;ZmF1bHQAAAAJdmVydEFsaWduZW51bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAti&#10;Z0NvbG9yVHlwZWVudW0AAAARRVNsaWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRs&#10;b25nAAAAAAAAAApsZWZ0T3V0c2V0bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAAL&#10;cmlnaHRPdXRzZXRsb25nAAAAAAA4QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBQAAAAAAAQA&#10;AAABOEJJTQQMAAAAAAMnAAAAAQAAAJ0AAAARAAAB2AAAH1gAAAMLABgAAf/Y/+0ADEFkb2JlX0NN&#10;AAH/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwM&#10;DBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwM&#10;DBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCAARAJ0DASIAAhEBAxEB&#10;/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAAB&#10;AAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLB&#10;YjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1&#10;xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFh&#10;cSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD&#10;03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwD1&#10;VVMqjNte4U2+nW9m3cDDmui0bmex7fd6lf8A2yraSSnGzcHrtl+LdVcx9dL7H20erZjtc4uace11&#10;lNWQ+2uuttldmBZ+gs9f+e/QVKXTcHrNHRmYfUsgZmYx5DsphIL2OdvDnt/RbHVtf6ezf/g1rpI8&#10;RqtEU5TsXK2mKnbvozv0P8v3XHbtWo2QACZManhOkkTaVJJJIKUkkkkpSSSSSlJJJJKUkkkkpSSS&#10;SSlJJJJKf//Q9VSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkk&#10;p+qkl8qpJKfqpJfKqSSn6qSXyqkkp//ZADhCSU0EIQAAAAAAVwAAAAEBAAAADwBBAGQAbwBiAGUA&#10;IABQAGgAbwB0AG8AcwBoAG8AcAAAABQAQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAIAAy&#10;ADAAMgAyAAAAAQA4QklNBAYAAAAAAAcACAAAAAEBAP/hDOlodHRwOi8vbnMuYWRvYmUuY29tL3hh&#10;cC8xLjAvADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlk&#10;Ij8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhN&#10;UCBDb3JlIDcuMS1jMDAwIDc5LmRhYmFjYmIsIDIwMjEvMDQvMTQtMDA6Mzk6NDQgICAgICAgICI+&#10;IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcvMTk5OS8wMi8yMi1yZGYtc3lu&#10;dGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIiIHhtbG5zOnhtcE1NPSJodHRw&#10;Oi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2Jl&#10;LmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlRXZlbnQjIiB4bWxuczpkYz0iaHR0cDovL3B1cmwu&#10;b3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnBob3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNv&#10;bS9waG90b3Nob3AvMS4wLyIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAv&#10;IiB4bXBNTTpEb2N1bWVudElEPSIwMkU2Qzk3OTdGMjY5NzQ2MkNBNUU3MDNENkVBQjdGMiIgeG1w&#10;TU06SW5zdGFuY2VJRD0ieG1wLmlpZDpkMDE5ZDBhNS04MWExLTRmZDQtODliZS1jNzBkOGQ0YmEw&#10;MTEiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0iMDJFNkM5Nzk3RjI2OTc0NjJDQTVFNzAzRDZF&#10;QUI3RjIiIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgcGhvdG9zaG9wOkNvbG9yTW9kZT0iMyIgcGhv&#10;dG9zaG9wOklDQ1Byb2ZpbGU9IkFkb2JlIFJHQiAoMTk5OCkiIHhtcDpDcmVhdGVEYXRlPSIyMDIx&#10;LTExLTE1VDE0OjQ5OjU2KzAxOjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAyMS0xMS0xNVQxNDo1MToy&#10;NyswMTowMCIgeG1wOk1ldGFkYXRhRGF0ZT0iMjAyMS0xMS0xNVQxNDo1MToyNyswMTowMCI+IDx4&#10;bXBNTTpIaXN0b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDphY3Rpb249InNhdmVkIiBzdEV2&#10;dDppbnN0YW5jZUlEPSJ4bXAuaWlkOmQwMTlkMGE1LTgxYTEtNGZkNC04OWJlLWM3MGQ4ZDRiYTAx&#10;MSIgc3RFdnQ6d2hlbj0iMjAyMS0xMS0xNVQxNDo1MToyNyswMTowMCIgc3RFdnQ6c29mdHdhcmVB&#10;Z2VudD0iQWRvYmUgUGhvdG9zaG9wIDIzLjAgKE1hY2ludG9zaCkiIHN0RXZ0OmNoYW5nZWQ9Ii8i&#10;Lz4gPC9yZGY6U2VxPiA8L3htcE1NOkhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpS&#10;REY+IDwveDp4bXBtZXRhPiAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgIDw/eHBhY2tldCBlbmQ9InciPz7/4gJASUNDX1BST0ZJTEUAAQEAAAIwQURC&#10;RQIQAABtbnRyUkdCIFhZWiAHzwAGAAMAAAAAAABhY3NwQVBQTAAAAABub25lAAAAAAAAAAAAAAAA&#10;AAAAAAAA9tYAAQAAAADTLUFEQkUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAApjcHJ0AAAA/AAAADJkZXNjAAABMAAAAGt3dHB0AAABnAAAABRia3B0AAABsAAA&#10;ABRyVFJDAAABxAAAAA5nVFJDAAAB1AAAAA5iVFJDAAAB5AAAAA5yWFlaAAAB9AAAABRnWFlaAAAC&#10;CAAAABRiWFlaAAACHAAAABR0ZXh0AAAAAENvcHlyaWdodCAxOTk5IEFkb2JlIFN5c3RlbXMgSW5j&#10;b3Jwb3JhdGVkAAAAZGVzYwAAAAAAAAARQWRvYmUgUkdCICgxOTk4KQAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAGN1cnYAAAAAAAAA&#10;AQIzAABjdXJ2AAAAAAAAAAECMwAAY3VydgAAAAAAAAABAjMAAFhZWiAAAAAAAACcGAAAT6UAAAT8&#10;WFlaIAAAAAAAADSNAACgLAAAD5VYWVogAAAAAAAAJjEAABAvAAC+nP/uAA5BZG9iZQBkQAAAAAH/&#10;2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAQEBAQEBAgICAgICAgICAgICAgIDAwMD&#10;AwMDAwMDAwMDAwMBAQEBAQEBAgEBAgMCAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDA//AABEIAQ0JsAMBEQACEQEDEQH/3QAEATb/xAGiAAAABgIDAQAA&#10;AAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAAAAYFBAMHAggBCQAKCxAAAgEDBAED&#10;AwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRyChnB0TUn&#10;4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpnaGlqdnd4&#10;eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er09fb3+Pn6&#10;EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhCgSORFVKhYhYzCbEkwdFDcvAX&#10;4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk9JWltcXV&#10;5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5KjpKWmp6&#10;ipqqusra6vr/2gAMAwEAAhEDEQA/AN/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3XvfuvdV4/Gv+YTtHvn5OfIT4gbp643V0r3v0AYcjNtbeGUw2Th7E2bJXfZvvrY1ZiiDNjlS&#10;oxVUpqI45HgyNLIqn99YRDufL01htVvvEUqzwXOKqCDG1PgcEYOG8yKq2aU6RQXqTTvaupR08j5j&#10;5H9n7R1Yd7D3S3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691VF/Oq7s7W+Pf8vL&#10;t/tPpbfGa677CwOe6xp8RuzAPTplKGDL9iY7F5SGBquOVNM1NLJC4KE6WNrGx9ivkmytNx5ihtL2&#10;MSxuHqprTEbEcPQj9vRdu0ssFi0sLaWBX/jw/wAnViXTWXyWf6g6pzmYrJcjmM11tsXLZXIVBBqK&#10;3JZLbFJWV1XOVAGuWV3drAcn6ew3eKEupUTydgPs1HpfGaopPoP8HVUuA+QXc9V/PQ3z8cKjsTcE&#10;nRuN+GmO3/Q9aM9Idu0+8581jKaTcMcYi833BjllXmbTZj6b29i19ushyIm5iIeP9SU8TNdOknT6&#10;U+fRYs8v74MGrs8Oun51HROf52v8wL5PfB/5bfDrKdI7kzVZsZtm7t3z2b1FDHDNt3snCbZ3JEue&#10;os4RS1VRTquKNX/l8Ck0gAqtN4bg55G5d2zfdovlv1Ak1KschrVCymhGRXup28Dw8+ku73txZ3ER&#10;hOKEstK6vWvpQZ6vj6x+QGwvkV8bMN8hOmtwjK7M3711kt17ZycUlP8AfY2rhx08ddicpFTSSxwZ&#10;HFV8M1DkKfyN4aqGWIltN/YCutvudt3NtuvFpJG4Uj88EeqsCCp8wQR5dHEcyTwePEcEVH+r1HRB&#10;v5HPe/b/AMjPgVtzsvvDf2d7J37Vdndn4ao3RuF6V8lPi8LnVpMXSO9JFEmiGP0pZL2+t/Z/z1YW&#10;e28wPa2MYijCIQorSpX8+ke0TSz2KyzNqYluP29Al/Lv7Y+Svyr21/Ng69zveu76fd20Pkh3D1J0&#10;LvWpejkq+oImocnRbNqMHHDFGHgxlYKaoEUwfyLHoYsCR7W8x2u2bVNtNxHbroeCOSVc0kNQWrnB&#10;Ixjh5dM2MtxcrcoznUGYKf4eNMfLz6FL+SD8vuzflB8Wd1bU+QOby2Y+R/x07X3d1b2vPud6JN4Z&#10;CKfIy53bOZ3Fj6FY0p3jElbgUXxqWOKkYlyTIybnnZrba91SXblAtrmNXjpXSMUYKTx8n/2w6c2m&#10;6e4tiJ/jjYhq8fWv7SR+XQcfPD5Jd+7y/ma/BX4F/Grsrc/XlNWNVdz/ACdy+1RRsK/rCmrmyf8A&#10;dLJZJ0laglOKwOWCeRUEkuUx+li5SORTsO2bfDyvf8wbnEJCP04A1cOeLfMBmX8kbyz1W8nmbcIL&#10;O3Yr+JvmvGny+H+fSa/m6dk/K0fL3+Xv8avjT8kt0/HH/ZjaztTb+5Nx4ChocvSGqxAxVVicnkcT&#10;VBWn+3Vp0RI54v8AONc/T25yhbbT+5tx3XdLUXP0wjIBJHHVXIwK/YeqblJc/VQ21vJ4fiagTSvp&#10;69LPrv8Al5fzRdrdg7F3NvD+bhvDfG0tvby2znd07LqOqKWip927cxObgr83tiatTJs0K19NHLSm&#10;UK2gOW0ta3tm55h5Ult3jg2gRuVYK3iElWIOlqUodJNaefV47LcVlVnuSygio0jIHHz6Rn83Tsn5&#10;Wj5e/wAvf41fGn5Jbp+OP+zG1nam39ybjwFDQ5ekNViBiqrE5PI4mqCtP9urToiRzxf5xrn6e3uU&#10;Lbaf3NuO67pai5+mEZAJI46q5GBX7D1TcpLn6qG2t5PD8TUCaV9PXotfyfi/m2fyrNnba+WG4PnL&#10;RfMbp3be+9s4XuHqzfex8VtRqjbm4K0YyjehycqZCemjeeTwNW4+rhqYKiSkdqetphPGpntR5R5r&#10;nbZ4bA2czoTHIrFu4CvDFeHBgQRqypoemLj957cv1DzCVQRVSKYPz6sq/mp/P3efxP8Ah/sTsv4/&#10;Yuhy3anyN3nsPrTpvIblpaP+FbYquwsFPuOPd+Wx2WmhpXlp6KnMNJDWTeCOsngmqo56SCohkDPK&#10;fL0W77w9tfsVhtlaSUCtWCGmkEAnJ407tIIGSvS/cb02tqJIstIQq14CoJqf2dFHHxN/n19U/wBz&#10;uztofPzq7vnfFTm9vSdj9Lb/ANn4/EdZLR5Grip8/Fg8wcbTyT0FI8r1NR9jDhKw0kLig/ygxUkp&#10;v+9+QLsyW023SW6ANokRyXr5VFSKkcK61BOcCvSU228x0kSdXY0qpUafyP8Am0/5Ojl/zpu6u2vj&#10;1/Lu7b7T6b33mOvex8Bm+r6bF7u22KeDI0aZXsLG4vLR0yVqzoqVEEssTq4YhGIuTz7JuSbKz3Hm&#10;OG1vkEkTh6qa+SMR6cOP29K91mlgsXlhbSwK54/iHTj8hegPmP8AKbqH4r5746fNrcHxWyuK61GW&#10;7Prsds2Dd9R2fk95bY27WYWsrnkqqUU7Y2Skyj8K3kNcT6fHzTbtw2Xa7q6Tc7EXYLgINZTw9LPq&#10;pQGuqq/Zp+fW7iG6uI4zBKY8ZoK6qgfs4H9vVKOS66/mrY7+Yht34AH+ap2JNlM/0RV94Ds1dg4p&#10;aCmpqbIVNANvf3X+4MjOTSs33H3wFnA0ccjdbjlNuXG5g/dK0Ewi0azWtAdWr0zwp0UGPcxfCz+p&#10;NdOqunHHhTq+j4NfGL5ffHrJdj1fyf8AmznPltRbpoNtU2zqHMbLh2mNj1eKqa2XNVcDw1dSJ/vk&#10;qKZCpVSvgHLauADvu67NuKxDarEWZQtroxbVWmkZAppzw9fl0c2dvdQV+olMtaUqKU615t4/zI96&#10;Un87pO5jSwf7KPsTvjEfCLK7qqtkbOSmoqjKbcrtk5XJv2bUUTZP7SLPjKbmjipK9UaggVPGyy/v&#10;SLFyzbtyKLI1+skiN0F1NwBDAaK6alSqdw+Ik+RoStfv+9vF/wBCDCPgPQiur0rnrcs+v+H0/p7h&#10;noUdd+/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuv/R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdcb&#10;8/U/4Dnjj/ffX3rj17roG/8Ar2v9f+I96B/1f6vn17HXP3br3XvfuvdcCbf69r/X/iPdSf8AV/q+&#10;fXsdd35+p/xHPPH+++nvfDr3XL3vr3XC/wCb/X/kX091qfP/AFfz8s9e+fp14E/k3P8Atvz/AL37&#10;3ivy/wAv+ode65+99e697917r3v3XuuF/wDH/ebe9ZP+r/Y695f6v9WeufvfXuve/de64X/x/wB5&#10;v71kf6v9jr3l/q/1Y65+99e697917r3v3XuigfJf58fD34fwX+RPfuxevco8AqafaUlXV7j39WU7&#10;oskVTSdf7ShrszJC2tbTih8XIu4HPs32vl/ed5b/AHXQNKOBamlB9rsQtflWvy6TT3trbf27hf5n&#10;9gz/AC6qF3x/wp5+AG3K6fH7U2J8lexPEy+LM4fY2x8Dt+qTzPG5ifde5KPJAhVWQCTGKCGA1Bgy&#10;qMIPa/mGVdUkkEfyLsT/AMZQj+fRW/MFkPgV2/ID/CQf5dOGwf8AhTd/Lz3VV09HuvbHyN6w1mJa&#10;jK7n6+2vncDT+WRlLrLsTP5XIOqKFZ/9xoPNkVyD71ce1/Mka6oWhl/oq5B/42ij+fW05gsm+IMv&#10;2gf5Cerg/jj82Pij8uMe9f8AHTvjYHaEsFGuQrcBicpLjN6Yqhcqq1eb2DuKOjzdDGWZU11mPiGr&#10;0/qBHsGbjsm77O1Nyt3irgMRVSfQOpKH/ano0gure5FYHDfLgfzByP2dGm9lnSjr3v3Xuve/de6r&#10;c+VP82b4M/DDtBOm+/8AtbJ7Z7BO2sRu2XC4bYW+d4LRYfOVFRBjTX1+16CqghnkFM8v20kgkETR&#10;SFQkqFhJtPKW/b1afXbdEHi1Fal1XIAqMkVArx9ajy6Q3G5WdrJ4UzUagPAnj9gPRb/+ghj+Vb/z&#10;/Pdn/ole3P8A6z+zL/W85r/5R1/5yR/9BdJv35tv8Z/3lv8AN1YT8Svmh8ePnBsDOdmfHDe0+9Nq&#10;bb3ZV7Jzk9ft/PbXyWO3DSYmjzb002G3JT0tV4npq6B4qgRGKQ61Ry0cgQObvsu47FcLa7knhu6h&#10;hRgwIJIwQSKihqPs9el1rdwXkZkgNQDThTyr506NV7LOlPXvfuvde9+691737r3Xvfuvde9+6917&#10;37r3VKn/AAoORm/lY97lQzBNxdQM5AZrL/pTxK6jp/xIF/pf2Nfb005stj8pP+rbdFO+Cu2v9q/8&#10;eHVpHx5qqet6C6QrKOeGqpKrqDrSppaqmlSenqaeo2ZRSwVEE8RZXR1IZXUkEEEG3sKX4Zb6cEUP&#10;iPjhTuNR+XRlDQxIRwKj/B1SrtOogqP+FIHaMcE8M8lD8CcPDXJDIkslFK2bwtQsNWsZvGxjnhkC&#10;uAdMiN9GW42lBHtrGSDm7Pyxpb9uRT8j0UKa781M/p/syOP7em/+YDgsLuj+dR/K02zuPFY/Obf3&#10;D1n8hMHncJlaSGvxeZw2W2ll8flMXkqGpVo5qepgkeGeJ1KsjMrAqSPduX3aPkrdpIyVZXhIIwQQ&#10;6kEHiCCKg+XXr0Bt1tlIqCHx+R6LR0/ms/8AyZfmb2N8J+xMrkpPgx8yKfdm6vixvTO1ktTQdedh&#10;VdAMedpZDJVbEqfLNSYDMMzyEk4bKSmkhqar2Z3qRc6bLHvtuB9dZaVuFAFXQGuoDh5M68Pxpkhe&#10;k8RO1XbWch/RlqUPofSv8v2HzPR2v+E53/btDav/AImLuP8A96RfZN7j/wDKzv8A804/+O9K9i/5&#10;J6/a3+HpJ/yMwP8ASB/NW4/7n67C/wB4r6+3u/Pf+4+0/wDPJH/k61s/xXH/ADVboNcBVUf8vr+f&#10;FvvEV80G2uhf5knWU++462empMRtfE90bdWrzOSqMnm6h7z102Uoc5KYwFCnccOpTbWFUobmDkFJ&#10;ANU+2uEoCSxibAoue2hX/nGemlpZbyc0S4Wv+2HH/Af29OH8mCgqvlf8q/n9/NF3LQu1L2l2TVdF&#10;dGz1lJV0ldRdZbSFFU1MU1PUHQzLiqLaFCaiKIEzU1YpKlpIkrzqU2jatv5VjOYk8WUVBq7V/lqM&#10;hp6Fet7WDc3E+4sPiOlfsH+wF/OvSU/nXbV7X31/MA/lUbS6M7DpOp+2s7mO5qHYvY9diYs7R7Qz&#10;ZXDSrlajEzxypOBErp43RgSwuPb3JM1lb8vbtPfxeNCoiLJUrqFWFARwOeq7skkl9bLC2hjqoT5c&#10;OrBvh98Y/wCZr1X3LR7u+VHzz238hOp4tuZ7H1PXGK6xw+1KmfP1kcaYXM/xijoYJLUrK5MYlAbV&#10;yG0+w7vO68s3ll4G17e1tNqB1mQtgcRSvE+vS61t9wik1XEwkWlKaQM/l1Xz/OtqO7qb+YD/ACqJ&#10;/jfQ7QyXeUOY7mbrWg39LNDs6p3FpwoSPcEsEkLiDwmVjplU6gov7EPJK2B5f3YbnqEFIten4qVb&#10;4fn0h3bxRfWxgpr7qauHl0Tj5P57+Yr8qvlz8Xv5bv8AMo3t1d8dOqO4twY3f7ZHpDFTzbe7SbBz&#10;Vf8ABNlJu3IVs5GWqaujmxtFRvN4oKyroquejqW+xDHe1RctbXs93zJy1HJczQqVpKe5NXxNpA+E&#10;A1J8wGAIGqiS4a/uLmOwv2EaPnt/F5Ur5HiP2HrZs+Ynwf6Q+avx3qPjf2ljK3G7SoZ8Nl9i5bbM&#10;0VHmuu90bZxs2I25uLbTVKSw+SmpKmqomhnidJKaeaI6WdXWL9m3y+2TchuVoQXyHB4OrEFlP2kA&#10;inAgHy6ENzaQ3cHgy8OIpxB/1Hqj7dHbv8zz+S4m1sh8gN44n55fAan3Lt7ZtV2PJBJiu8+rsNkJ&#10;Ps6OTJSZGZqgSm8n2seTyOWoHEMNGcljJKqEAdRWfK3OutduQ2G4aWYJxicjNAPMeXaqsKltLgHo&#10;oaS/2kapj40AIGr8SjhU+f7dX2jo5H8/XMY3cP8AKZ7gz+GrI8hh85kuksxia+HWIq3G5PsjD1lB&#10;VxrIFbRLE6OAwBseQD7Jvb5Gj5vgVhRlEtfkQjD/AA9Kd6NdscjNdP8AhHVsnQX/ADInpT/xEvXH&#10;/vHUfsJX3+503+nf/jx6M4v7JPsH+DqlTc//AHEfdc/+KDZb/wB6DLexpF/07iT/AJ6x/wAdXoob&#10;/kvD/ml/lPVnH8wn5LwfEP4Z/IHvxauGkz+z9hZGj2IZ4DVLP2RuqRNqdeo9CpDzxJl62knq0Tla&#10;aOaQlVRmAY5e2w7xvVvt9MO4LU/gXuf7O0ED5noxvZxa2rzeYGPtOB/PrSSxPZ/Ws38ozLfDmp+J&#10;Pyvru7tx9lL8kx3QnU1fketT2WuUSjxucgraqraregbZStiHlSAx+WeaqWJlkYPOD2tyvOA3r6y3&#10;ECJ4PheKA/hlTigFKiQ6qVrQD0HQSWVP3Z9KYX1k6tWntrX7a004+3PW6D/LE+TZ+XPwa+Pvctfk&#10;JMju+q2XS7Q7ImqBDHXSdjbCdtpbtr66np2ZYTkail/i0Ud+IaqI8Xt7hXmfa/3RvtxZIKIG1IPL&#10;Q3co+dAdNfUHoVbfcC6s0l86UP2jB/z9H69kPS3r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Lf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691p3/APCsYD/nAbj/ALym/wDmce5j9pv+Wh/zY/6zdBfmX/Qf&#10;9v8A8+9bJn8vAD/hv/4M8D/sjz4yn/Y/6FcJz7jXmL/lYb4/8vE//Vxuj6xP+JQ/6Rf+Ojo4nsm6&#10;Vde9+690Tv8AmHgf8N//ADm4H/ZHnyaP+x/0K5vn2c8u/wDKw2J/5eIP+ri9Jb4/4lN/pG/46etb&#10;P/hJyB/znzx/3iz/APNH9yV7s/8ALP8A+b//AFh6IeWv9G/2n/P3W4h7hzoUdU7/AM/YD/hpX5Yc&#10;D/mhP/wS2zfYx5A/5W60/wCbv/VmTor3r/kmSf7X/jy9aoP8jD+Zo3wf76/0TdpZoU3xl75zVDQb&#10;rqayocUfWe/5Y0xW3uzYlN0SlkCQ47PcL/kniqmZjQJFLLPPvLP7928Xdqtbm2B08O9OLRn1IGUp&#10;xNV/FgObPuAtJRFIf038/wCE+X5evyNfLr6IMcqTIksLpLDKiyRSxsHSRHXUjo6mxUgggg8/63vH&#10;TPD/AIv0I+R6G4IIqOsvvfXuve/de60K/nN/3E07J/8AFxP5eI/2H91Osvc97H/07J/+ee7/AMM/&#10;QNvP+VhB/pxf4E631PcCdDLr3v3XutCv4M/9xNO9v/FxP5hw/wBh/dTs33Pe+f8ATsk/557T/DB0&#10;DbP/AJWEn+nL/gfrfU9wJ0MuuNz9OSb/ANPoPfuvdajX84/+fXnOv9ybu+KXwc3DTUe5sFUVe3O1&#10;/kLQGnrpcBl4HekzeyeqPKrwCtpmBp6/PtqMEvlioFSojStjl7kzkCO5jTdt+XsbKQkkVHk8n9E+&#10;SDJwTxK9BrdN5MbNbWhoRhn9PkP8p/IZz1pwbh3Dn925vK7m3XnMxubcmdrp8nm9wbhydbms3mcl&#10;VOZKrIZXLZJ5Z6ieRiWklmkZ2JuST7mSKOOBBFCoRV4BQAB9gGB+XQUZmY6mJJ9T0z/8j/3m/typ&#10;Ioetde96690odp7u3VsLcmG3jsfcue2du7blbFksBufa+Wr8DuDC18IPircVmMZJFPBIASoeKRWs&#10;SL8+25YYp42hnUOjYKsAQR6EHB/PqyuyHUhIPqMdb238hL+aZ8gPm5Rb76J7/wBsVu8tz9N7Txm4&#10;ovkNjoKOgpszichk0wuH2r2NjqdIYRnJStRPQ5CjX/LqemqDUwJPTS1VXA/uBypt+xNFf7e4RZyR&#10;4JJNCBUsnnoGAVPAkUNG0qMtm3Ka8BimWugA6uH5N8/T18+tkf3G3R71hmnip4pZ55Y4IIY5Jppp&#10;nWOKGKNNckskrkKqqASxYgAcmwHv1Kmigkk0oONT6derip6+VX/MC+R83y1+ZvyH79Wrlq8Lvjsb&#10;Lpsp5QyvF15tlU2n15C0bH0OMLQ0JlVbAyFza5PvK3l3bRtGx21h5xoC3+nY63/40xH2dRzfT/U3&#10;Tzcak0+wcP5Z6J37OeknWzv/AMJgfkodifKLtb4zZnImPC997BTdG1aOWZSj9idT+fJNS0VPIfS1&#10;Tt+rzFRUPHywoYg6sEDRxf7pbaLjaod1jHdA+lv9JJQV/Jwv+9HoRcv3Omd7dj8YqPtHp+RP7Ot6&#10;f3BPQv697917r3v3Xuve/de697917r3v3Xuve/de6Aj5MfHvr75W9Ddm/HntKnq5tkdpbblwOVmx&#10;8sMOUxNXDVxZfb+5MRJUJLEK3F5KmpMlR+eGSLzQRiWOSPXGyzbNxudq3CLcrT+0haoB4EUoVb5M&#10;Kg0zQ1B6ZnhjuYWgl4MP+KPVFPWnxs/n1/DzZ1B8eeiO3vip350xtWlj231VvbtWmzGM3psLZtLB&#10;9jiMXNi5Y4mWKiVtVJj5arMRUsMcVLTz/bRx0sY8ut05B3mY7huENxbzOdTrGQVZuJPGpJ4E0Qni&#10;Rq7uiiO33m1XwYXR0HAtx/2P+NdHU/lufy4OwPi/vzuT5UfKjt2k78+aPyGgpcf2DvrD08tPtXa2&#10;2KeSmrJtobSkqKWglqIaiooqFpJGx9HTwU9Fj6KhoaSCldqkl5l5ltt1gg2naYTb2VvlFOSzZ7my&#10;QCATwJJLMzM1cK7Gwe3ke5uH1yyfEfKnoB6dOnyd+H/c3an8zT4F/KfaVJtyXqb4+bc7PxXY1TkM&#10;9FRZ+nqd14eupMT/AAjCujNVqZJ4hKQ66b35sfdNr3iytOWdw2qbUJbkoUoKjtIJqfKtMdbuLWWW&#10;+huFppjrX1yOhx/mO/BzZvz/APi9vHpDPtR4reEC/wB6+ot6VMZLbN7LxFLKuErqiRI5WOPrFeTH&#10;ZaJYnLUk8rxKKmOCSNDy1v03L27R38VSvwuv8SE5/MU1L6ECuK1dv7NL23MTceK/6by/I9BV/J7+&#10;J3b/AMLfhZt/o3vCnwFLv7H9gdg7kq4ts5tNwYr+Hbkyy12OZMlGkYLlAdaafSeOfavnLd7Te97f&#10;cLEnwyiAahQ9opw4dNbXbS2loIJfiBJx8+mP+WJ8QO5vipuz51Zjtqk25SUXf/yr3d2715/AM9Hm&#10;5J9nZmsq5qGXMJHHGaWoKypqgbUV/wBUbH3fmjeLLdorBLTV/i8CxvUU7l9PUdesLaW2aYyU/UkL&#10;Cnoeg/8A51v8uvsH589I9XydGDb1L350x2K2e2fkdw5l9vU8uz90Y7+H72w9LnY1Zqad6mkwuQil&#10;sbfZlVAkdHVTyTzJbcv3031+o286UYAV7ge004EULKR/S6pu1lJeQp4NNaGo/Pj0eH4DfGGk+HHx&#10;B6K+PMcdCczsTZVG29qvGyvVUWS7E3DPJuXf9dSVs6pLNTtlquqSjklUMKZIU0oqKikXMG6NvO8T&#10;7ka0kc6QcEIo0oKDA7QKj1r0qsrcWtqkA4qM/Njlv58Oq+/5p3xH+afc3yQ+FXyN+GmG6tzG6vjD&#10;N2Pl5ou0txtiML/F9ytjIcTHLjotEtXE0UFSZRHPGVITnn2IOVt42Ox26+23ezIEufDH6a1NFrXJ&#10;wOPnXpFuNrdy3MM9sBWOvxHGadI3G7l/4UYNkceuS67+BUeNNbSrkZIcruIzpjzUKapoB/FT6/Hq&#10;0ix5tx7eeP250toku6gYFFp/x3qgbffMR/z/AM/Rlfmb8P8AuXu/57/y5/kNsWj25N1v8Z9ydi5X&#10;tCoyuejxuYpqXctPQQ4v+CYp0ZqxiYJjIA66ePrf2W7LvFjYcv7ltsxYS3YQJRar2kk1Plxx0pur&#10;WWW8guEpSOta/P065/zcvgLuT5xdDbYqunK6k218oeid7YnsLoTeU2Yk2xJQ5B8nSLujBvumlikq&#10;KCOogp4MjTzU4VxX4+hvJHGZG965Q5gj2K+Zb4FrS4QpMtNVRQ6WoaA0Jof6LHHWtzsjeQARGkiE&#10;Mp9D9vljPTh8m/j589vkx8UuhP8AR98haf4lfMHrap2zvzeqbaqVyfVu+excPtybCZXC53L4enqa&#10;lcBUVss2QgpWoq6laGT7eux1W6RSU+tr3HYNs3a4+otjd2cupF1YkRCagqCQNQHbxU1yrL52uILu&#10;e3QpJ4Ui0J/hrShHrT5dV29pfCP+cv8APzG7V+PvzZ7W+OPV3xnxm6dv5vs7K9KpWVG++1KTbtQJ&#10;4EoqJ6WSn8pmj89PDVfY0cUkiVM1LUy0sNN7EVpvvJXL7tuGyQzTXTKRGJfgQkcag+leFWNKArUn&#10;pBJabrfUivGRY61Oni3+bqyn+ab8SOw/lF8At8/GL4/4zb43XXzdX0e1Mbn8yuBwtNhtkbvx2Rlg&#10;lykqSaPFRUjLGChLMAv5v7DXKm8QbVzAm67gW0jxCxAqSWUjhjzNejDcraS4smt4aAmlPTBB6P31&#10;Tt7JbR6u622pmVhTL7Y2Ds7b2Ujp5vPTpksNt2nxtcsEy/rQSxOFcfUWPsP3UgluZJU4OzEfmSel&#10;ka6UVT5ADqtrNfEDuau/nE7Q+asFJts9HYT4qV3UdbWtno13ON41OWr65IY9vFNTU+ieL9/yW5YW&#10;49iVN5sl5ObZDq+oM/icO3TQD4vXHSE20p3MXdBo0aa+da9Jb+bZ8MPkD88Yvit0bsP+AUHx5oO7&#10;8d2D8ms5V7sk2/uqn25hZabD4um2ljoY2NfKmOyGfqfBIVX7pKJgyMnkR7lDe9u5f+rv5yTcGIpA&#10;AupdRqasScVIQY8i3keqblazXnhQpQJqq+SDT5fkSftp1cBS43H0OPp8TS0VLTYuko4cdS46GCNK&#10;KCgghFNBRRUwAQRrGAioFsFsALeweSSxY8Sak+dfX7ejSg6p4/lW/CXvj4G77+ZPVmcg2xJ8Vd7d&#10;x1PZ3xpbFblbJZ3DUWSqKnF5DF7ixEyeSKd8RBgYZJjIQZaORgNMqBBjzZvthv8Ab2V0ur6uOPw5&#10;yRQNQAgg8KBi+PmPTor260ls2lioPDLVTPD7f5dXK+wb0ade9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/09/j37r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Wnh/wrG/7kG/8um/+Zx7mP2m/5aH/ADY/6zdBbmX/&#10;AEH/AG//AD71sl/y7/8At3/8Gf8AxTv4y/8AvlcJ7jXmL/lYL/8A56Jv+rjdH9j/ALhQ/wCkT/jo&#10;6OJ7JulXXvfuvdE7/mIf9u//AJzf+Kd/Jr/3yub9nPLv/KwWH/PRD/1cXpLff7hTf6R/+OnrW0/4&#10;Sc/9z8/+Ws//ADR/cle7P/LP/wCb/wD1h6IOWv8ARv8Aaf8AP3W4f7hzoU9U7/z9v+3Svyw/8oT/&#10;APBLbN9jHkD/AJW60/5u/wDVmTor3r/kmS/7X/j69alnVfwUqPlh/Jo3F8kOtdv1FZ3P8QPkP2th&#10;c5S0MMuQye/ekKvZ+1d97hx1LDENQbblRlqjM0sVmAhOVKhpqiMCW7rf12jnVNsuW/QvYYyK4CSh&#10;nQGvlrChW+eiuFPQbisvqdqMsQq0LMPtWikj8qnq+3/hPN/M3HfvWMPwv7o3FJVd09OYIy9WZ3M1&#10;kbVvY/UWNQRU+CWWWzT5PbEemBgbyTY3wS2kalrJvYA9xeWP3fdfvqyUCCY94GAsnmacAr8fk1R5&#10;jo52TcfHT6aY968K+Y/zj+fWzd7jLo/697917rQs+c3/AHE07J/8XE/l4f8AvKdZe572P/p2T/8A&#10;PPd/4Z+gbef8rAP9PF/gTrfT9wJ0Muve/de60LPgz/3E072/8XE/mH/+8p2b7nvfP+nZJ/zz2n+G&#10;DoG2f/KwH/Ty/wCB+t9P3AnQy6pa/npfOrI/Cz4Y5eh2FnJMJ3Z3/W1fV/W1dRzpFldu4l6MVHYu&#10;+qE3V0fHY6RaOmqYT5KeurqKYfo9jPkTYBvm9L9QuqCAeI4phjnQh9dRyR5qrDz6K93vPpLU6TRn&#10;wKcR6n8hX86dfOIZmdmd2Z3dmd2Ylmd2N2dmPJJPJJ95J9ALpf8AVXVHY/ePYW1uqOo9nZzf/Yu9&#10;MmuJ21tTb9J91ksnWNG1RKw1FIoYIIkeoqaueRIIIUkmnkjiR3Vm7u7axge8vHEccYqxagHy+efI&#10;DiaBak06ciikmkEaLVmwAP8ACfQdbTPx8/4Sw73ze38Znfkz8mMXsTNVdPHNWde9U7NXeM+MMyJK&#10;tPX9g5+toqb7mG7xTxUuIqIC/qiqpEALxRuPurbpIY9rtS4HB5G0g/YgBJH2sD8h0I4OXHK1uJAD&#10;6KK/zOP5dS+9/wDhK5u7GYWty3xs+UWI3XmqeOSSl2V3BsuXacdaEvIYoN+bVqckgndf24o5sJHG&#10;XsXqIlOpK2HutCzqm52hRTxaNtR/3hgv/H/y69Ny42mtvKCfRhT+Yr/x3rWb7t+KvyH+Ofba9Gdy&#10;9T7v2X2hVV9Fj8LtqqxrVrbskylUtBiqnZWSxZnpc1T1U7iCnqMZNNG0t4gwlV0WT7Hdtt3G0/eF&#10;nMrwgElqgaQMkMDTSQOOqmM8M9EE1rPbyiGVSGrQf0vs9fy6+jZ/Kh+B2J+AHxI2d1pXUlK3bu81&#10;puwO9M1DJHVmr7By+PjSXbtJXRkh6DBU6xYuk8beKRo5qtVV6uW+N3Nm/tzDvD3aH9FTpiH9AHj9&#10;rGrfmBwHQ6260FlbCI/Ecsfmf8g4DqzH2Gul/VWf85r5KD4vfy7PkDu3H14oN4dgYBek9hsshhqn&#10;3H2kr7dr6rHSqQUqcfhTlstCwNw1Jcc+xRyZtg3TmK3hcVSM+I32JkV+RbSD9vRfutx9PYu4NCcL&#10;9p9Psyfy6+Zb/wAVv/sf6+8nuo+697917owXxO74y/xg+S3R/wAgMKZ3qOp+ydr7trqSm4kyu3aL&#10;IrHuvAfqQ6Mhi5Kygk9Sm0xsynkF+72C7rtk+3yf6MjKPkxrpP8AtWAP5DpRazG3uI5x+Egn/Af2&#10;9fWFwOdxO58Hhty7fr4Mrgdw4rHZvC5OlZmpcjiMvSJX46vpmYAmOaGRJEJFyGHA94lSRyROY5Bp&#10;ZSQR6EGhH7RTqSFIYBlyDw6d/eut9e9+691737r3Xvfuvde9+691737r3XDj8/4/7a//ABHvRxk9&#10;er16/wDsPr/T8n3rHHh17rn7t17rh9D/AI/4c/U/778e9EnHXvs67+nNv6n/AImx9+JoKnr3Hrl7&#10;3Tr3XD/X/wAAPr9Px6vdc+fD+fW+udh/T3brXXDj6/63+2/1veuHD/Y698h1zsP6f4/7H3vr3XC/&#10;0/r/AK/+3PH4968uvfZ1z97691wP+wN/8P8AH/iPej17PXv6fX/jXvRoRQf6v9Xp17rl/tv9t7t1&#10;7PXX05P+vz71gCvXuPXV/wAf72bHn8f8R79U1+XW6+fXvyb8fX+oFifrcf8AI/fqitetddi30t+P&#10;p/vZ59+FKU/1fz6951HXL3vrWeuNh9QB/hcfj6e9VJHW+urn+t/6/j88+/Vqcdexx4dd/wCtfi31&#10;/H+P++/2HvfXuuXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691p4f&#10;8Kxv+5Bv/Lpv/mce5j9pv+Wh/wA2P+s3QW5l/wBB/wBv/wA+9bJf8u//ALd//Bn/AMU7+Mv/AL5X&#10;Ce415i/5WC//AOeib/q43R/Y/wC4UP8ApE/46OjieybpV1737r3RO/5iH/bv/wCc3/infya/98rm&#10;/Zzy7/ysFh/z0Q/9XF6S33+4U3+kf/jp61tP+EnP/c/P/lrP/wA0f3JXuz/yz/8Am/8A9YeiDlr/&#10;AEb/AGn/AD91uH+4c6FPVO/8/b/t0r8sP/KE/wDwS2zfYx5A/wCVutP+bv8A1Zk6K96/5Jkv+1/4&#10;+vROv+EuSq/8v3uFXUMrfMLsFWVgGVlPSnXwIYH6g+zr3S/5WGE/8u6f9XZeknL3+4L/AOnP/HV6&#10;pZ/m6fCXsH+VZ8xtifMX4rmfZnU+8d+HevWdfgopfs+p+0qInKbi6zyNOg8S4jIRPUS4ykkPiqMe&#10;9ZjmjaOkcyjTk/fbfmvZ5Nl3fvmVNLgnMicA4/prjUeIajDJqCvc7STbrtbq2wrGo+R8wfl6Dh5d&#10;biP8vb5vbB+ffxm2X3rs9qHG7gnhG3u09j01Y1VU9e9lYymjbcG3ZTLaRqaTyJW4yokAM1HNBIwW&#10;QyRpDnMWx3HL+6Pt81WWtY3pQOn4SPn5N6EEenQosruO9txMnHgR6HzH+bo8Xsj6V9aFnzm/7iad&#10;k/8Ai4n8vD/3lOsvc97H/wBOyf8A557v/DP0Dbz/AJWAf6eL/AnW+n7gToZde9+691oWfBn/ALia&#10;d7f+LifzD/8A3lOzfc975/07JP8AnntP8MHQNs/+VgP+nl/wP1vp+4E6GXWhX/wp77ayG7vm/wBb&#10;9UrUA7e6f6LwlTFReRn8W6+xdwVua3BW2uFQy46lwcYUC/7OouQyqk+e11osOxzXZ+KaU5+SKAv8&#10;y/8AvXQN5hlLXaw/wrX8zU/5B1ra+5K6IOt2L/hL58Tdt4TqDtj5j5/FUdXvnfO7q/qPr/IVEKzV&#10;O39h7TpqTI7sqsXMf82cvlaiOmqbrrC4xNJCSurQj7p7vLJeQ7NG3YiiRx6s1QoPrpXOf4vkOhfy&#10;9bBYWujxbtHyA/2cfl1teW9xP0IuvWHv3Xugv390x1R2lm+u9y9idfbW3juDqPd1PvvrTN53E01Z&#10;k9lbvpKd6anzmArZBrhlUPqsG0eRIpSplhidFEF7eWiSx2srRrMuhwpw68aEcD1Roo3ILgErwwMf&#10;Z6dCfYf0H+29p+r9d+/de60uv+FTPyUbKb6+O/xLw1czUe0cJk+8t+0kZWSCTOblkm2d19BMwN0q&#10;KKipc5M0Z5MWQib6Ffc0+1W2aLe53iQHvIiX7BRn+2pKCvqp6CvMVwC6Ww8hqP54H8gf29ak3uXe&#10;gx1Yd8nvhfk+ifhr8BvklU46tpp/k3tftus3KGVzS0NTtzfjVnXs8rNwrZXbddS1cH+rSFv9QT7D&#10;u1b0l/vW47apxatHp9TVaP8A7y4Nfy6X3Nm0NpDcf78Br+3H8uq8LD+g4+nH09iLpBXr6SX8iP5K&#10;f7Mf/Li6cGSyH327+jTX9AbsLOGlQdfRQHZDEMS7Bts1eEV5H/XKsvJINsaefdr/AHbzLMQKJcfr&#10;L89eW/Y+rHpTHQ92e48exSvFO0/lw/lTq432D+jTr3v3Xuve/de697917r3v3Xuve/de6r0/mw5r&#10;Mbc/lxfL/Obey2TwOaxnTuaqsbmMNX1WLymOqUq6cJUUOQoXSWGQXNnjcEf19iDlSNJOY7OORQym&#10;QAgioI9CD5dItxZlsZWU0IU5HHqnb4lfyaYO+Piz0R34fnn83Nmdh9p9S7P7Ab+F9pSZDbu3Nw7l&#10;wUeSb7DGzrFVSU8Ekp8aPkFksB+6Dz7GO786Hb92uLAbfavHDI6CsdGKqSOPAE+tKdFdttbS28cp&#10;nkBZQeOMj7Oh7+DHyQ+X3xP+cT/yvPnZ2K3fFPvfZVZvz4pfI/ILVjdO88NhMfVVtZgN21lU089Q&#10;Z6bF5OR2y1ZLX0eRppaQVeTo63Hzwod923Z922L+tOwReAY30TwimlSSKMvkKalpporIa6UZWHT1&#10;ncXNvd/u+9bXUVR/UfP5/wCUUyCOkf8Azmtl7g7m+dX8sL4803a/aXVe1O6Mp3BtrdmU6s3fkdrZ&#10;k00K4etp6qI0zGnlmiKaYzUwSBQ72Aubu8mTR2Ww7puLQxzPCIyokUMM6gRwqK+dPTqm6I0t5bwB&#10;iofVWhI9Ohz66/kX7G667B2L2DS/Nz5w7gqNi7y2xvKDb+4u2KGv2/mpts5uDNRYjO0X2KmajqjA&#10;IaqMMNUbMAQTcILnnqa5t3g+gtULqV1LGdSlhSq92CK1BHA56fj2dY3DiaQ0INC2DTNCPn02fzCf&#10;ln8ou2/llsv+V58B9zUXXvaud2lB2F8ie/GCVNb0p15U+KrWkxKrrlpK16KakqZKlYfK7ZHGU9HU&#10;U8ssssd+Xdp2y02iTmnmBDJErFIYuHiuPXyIrWmfwsWFAK1vbqeS4G32R0uRV2/gX/P/AJx69Iio&#10;/kRdh0mFG4Nt/wA0z5vY3vk01PNU9o12883WYatzcehqrIHbFPmIMrGs2gDSdySSJ/akl5BeHPlq&#10;ZNMu02pt610BQDQ+WrTT/jHVDs7U1Lcya/Wv+Stf+NdW9fDXY3yW63+Pmzdm/Lftbb3c/d+FqNwU&#10;2f39tjFtjcdk8MmeqE2nHLNJT0b1lSmNFN9zWS0MEjuSsomlR6qoB+9XG2XW4PNs8TQQNQhWNSDQ&#10;avMgDUTQVOPlgGlrHPHCEuWDuK9w6rB/lz7u3Zm/5qP837b+a3RuLL4DbO8uo4dt4PKZvJ5DD7ei&#10;qaTJtUxYPGVcrwUiyEKZBTogYgXvb2KeYoYU5V2eVEUM4k1EAAtQrSp4mnlXousHdtxuUYkhSKCu&#10;Bx4Dy6vk9gTo56oa/ko7u3Zunfn80CHc+6Nx7kh2/wDOrf2IwMWfzeTzMeExENfXeLFYhMjLIKam&#10;WwCwQhUH4X2O+dYYYodrMSBdVqhNABUkCpNOJ+Zz0UbS7uZ9ZJpIwFTWg9B6Dq+X2BOjfrU56Y6v&#10;7k/nL/JX5n7i7h+aXcnRnXXx67hzHU/W/wAaOlN1ttTM7Xw+IyldjsJvLdeJ83iSWdKaognyNRQz&#10;1OQqTVxrPQ0tFT0nuWL25seTNqsUs7GO4kuIxI80q6gzEAlVNPItwBAVafESW6DkUcm6zytLMyKj&#10;FQqmhAHmf85rXNOA6t3+KnwS+Q3UnQPye+NnfvzR7L772b2rQbl2N05vipepou0+qdgbt2PU7eye&#10;Up91Z16+rTNRVWQkNFCa2qo6UUFLU0ywmrqKOEH7vvu23u42u52Filu8RV5V4xyOrA00iilKChwG&#10;IYhq0DE0t7WeKB4JZmetQrfiUEU48a/7HqeqR/5nn8rKm+EHw47H+RvXfzQ+aO6t17OymyMfj8Lv&#10;Lt6eTAVEe6d4UW3KuWrTCwUtQWiiqXkj0zAawNQZbj2OOV+ajvm9xbbc2NqiSBzVYsjShbzJHEdE&#10;+47f9JatPHLIStOLepA8h0fv44fyVdo46LobvOf5q/NnK5iij6t7Yl2vlu16as2nlMlTpQbvlwGS&#10;x81EZJcfPKpppoml1NCSurUSfYf3HnaV/HslsbZR3oGEdGAyoINaBhxB9el0G1KNEvjSHgSCcetD&#10;jpUbb3duuT/hQz2DsuTdG432dT/BbF5eDaTZvJNtiHLvn8VG+UiwJl+1WpKsymcRayCRq59tyQQj&#10;27jnCLrN0RqoNVNLYrxp8uHXg7fvwpU08OtPKtRmnVhf8yTKZPCfAP5h5jC5LIYfL4z48dpVuNyu&#10;JrKjHZPHVtPtWokp6ugr6NklhlRgGSSNwykXBB9h7lpEfmCyRwCpmjBBFQQWFQR5g+Y6XX7MtlKy&#10;mhCmhHEY6CP+Wxns5nv5V3xw3DnMzlszuCv+Ok1dXZzK5GsyOYra37Wub7yrydY7zyS3APkdy3H1&#10;9quZY44+abmONQqrNQAAAAVGABgD5dN2LM23xsxJJStfOvVCP8rD+WNH87viXiPkD2R8zfmZtLc+&#10;T37vza8uG2V29UR4GKh2tmBQ0U0SZqGrnErof3Lzab/RR7H3NfM42DeH262sbZ1VUarx5qwqeBAx&#10;9nRNt23m8tRPJLIDU8G9D8x0ZHNbx+aP8kjvTpz/AE3/ACT3Z8vf5evee/KfrrK7s7Vnr6nsHo7c&#10;OUfyY+obKZeqr5olo6JJK6OKlrXoa+mpMl/uPx9SKeZS2ODZOeLGb6G1Wy3G3j1hY6aJVFAcUHE0&#10;B/EpZTqYdPu91tMyGaQywyNSrE1Wvz/1DjhaDo63/Cg3de6Nm/y5Nz5zZ25M/tPNR9t9R0sWZ21m&#10;clgcpHTVW4WiqoEyGJlhmCSLw6h7MPrceyX29hhuOZEjnRXUpIaMARUDBoajHSve3eOwLISpqMg0&#10;PHq5LYzvLsnZ8srtJLLtbb0kskjF5JHfExM7yO1ySSSST9T7Bk+JWA/iP+Ho0TKivoOlV7b6t173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//&#10;1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wnh/wrG/7kG/8um/+Zx7mP2m/&#10;5aH/ADY/6zdBbmX/AEH/AG//AD71sl/y7/8At3/8Gf8AxTv4y/8AvlcJ7jXmL/lYL/8A56Jv+rjd&#10;H9j/ALhQ/wCkT/jo6OJ7JulXXvfuvdE7/mIf9u//AJzf+Kd/Jr/3yub9nPLv/KwWH/PRD/1cXpLf&#10;f7hTf6R/+OnrW0/4Sc/9z8/+Ws//ADR/cle7P/LP/wCb/wD1h6IOWv8ARv8Aaf8AP3W4f7hzoU9U&#10;7/z9v+3Svyw/8oT/APBLbN9jHkD/AJW60/5u/wDVmTor3r/kmS/7X/j69E7/AOEuH/bv/uD/AMXD&#10;7A/98r197OfdL/lYIf8AnnT/AKuS9JOXv9wX/wBOf+Or1eL8qPjP1l8vuh+wvj923jBXbS39hpqJ&#10;a6GOM5ba+ep/8p27vLbs8gIiyGLq1iqqZj6HKGGZZIJJY3Ae1bndbPfx7jZkq8ZBzwYean1VhUH9&#10;vHo5uYIrmFoZeDD9h9etEz4dd8dz/wAi7+Ytu/pzvSHJS9VZTMUGyu6MZjoqs4bdOxK2Y1Gw+8tj&#10;08/+fkoYpvv6cAGR6eWuxj+KpZjDPW82Flz5y0l9YUEygtGTxVh8cTUzk4Pz0tw4g+1mm2e/MU3w&#10;H4qcCDwYfZ/0Lx6+hDt/cGE3XgcJunbOWoc7tzcuIxufwGbxlTFWYzM4TMUaZDFZXHVcJKSwVEEk&#10;csUiEhkYMCQR7x5ZHidopAQykqQeIINCOhqGV1DKagiop1oi/Ob/ALiadk/+Lify8P8A3lOsvc87&#10;H/07J/8Annu/8M/QOvP+VgH+ni/wJ1vp+4E6GXXvfuvdaFnwZ/7iad7f+LifzD//AHlOzfc975/0&#10;7JP+ee0/wwdA2z/5WA/6eX/A/W+n7gToZdfO0/4UY4euxn80DsetqlVYNw9adPZjGspf10cOzIsB&#10;I8gZQOKihnW6ki1ub3AyL9t3VuVo1H4ZJAf961f4GHQH31abgxPmqn/J/k6os9jvom6+hz/wnE3t&#10;hN0fyydl7extRFNkut+1u2to7ihWVXlpcpktyf3/AKRZIwAU1UOapGXkgi5B/srjr7kwSRc0ySOM&#10;SJGw/JQh/YVP8uhxsLK23hR+EkH8zX/L1fL7AfRz1737r3Xre/UB49e697917rHJIkSSSyukcUSN&#10;JJI7BI0jQFnd3ewAA5JJ4/PvVGqAM14Ade6+Vv8AzE/ki3y1+a/yK74grfvtv7v7EydDsacNIY26&#10;62gkezevZEilP7ZlxFBRzzooA8zyNa7EnK3lzbP3PsdvYEZRO7/TsdT/APG2IHyHUd7hP9TePN5V&#10;IH2DA/lnoo+2sOu4tx7f29JlMXgo85m8ThpM1nKuHH4bDjKV8dE+UzFfOyxwUlOH8tRNI6qiKzMQ&#10;AbHEr+FE0uksVBaiipIA4AcKny6SKoZ1XhU8fID59boH84/s/wDl6dtfyvcF0l0R8oPj7u7dvxjq&#10;On8n07s7a/ZO1K3cWVxGyccvVmSwmKoKGeSaXTgMhV1jUqcSPSxnl0Q+4T5LteYbPmlr/cLWZEuv&#10;EEjMjaQXOsFiRT4hSvoehXusljJtoihkUmOmkahwHb/gr+zrSl9zd0Eutof/AIS9/JQbJ+SPcPxh&#10;zdesWI7w2LT712jTzTEg9g9VtLPWY/Hw8BXrsDXZCqqGHJXGxg8AWi33S20T7bDukYJMDlWPnok4&#10;En5OAB6az0IuXrgLO1u3BhUfaP8AYJ/Z1vL+4L6F/Xvfuvde9+691737r3Xvfuvde9+691XD/N6/&#10;7dnfM3/xC2d/9zKb2I+Uf+Vmsv8AmqvSHc/9wJf9Kelt/LHA/wCG8vhdx/3Lf1R/7ydN7Z5nA/rF&#10;ff8ANeT/AI8et7dixhp/Av8Ag6rA+Zm48P27/PQ/lt9R9f1EeS3j0Rtbsfsbtuuwhir/AO7OAzWC&#10;q81h9u7tqKI6qGRqfHeeKCrcXXJ0hWM/dR+QTbNE9nyJud5c4jnaNI6kjUQwBK140r5fwsPwmiG5&#10;ZZd4t404oGLfIHyP7P5joPP513U1Z3p/MA/lUdRY7sHeHVFbvzMdzYSn7E2BVmg3jtNmjw9V/FNv&#10;VqshiqB4yisHHDN7U8k3a2PLm7XjRLMIhEdD5VssKH86fs6b3aEz31tEGK11ZBoRw6sF+IH8sTdn&#10;xU7mpO28x86vlV8gKKl27nsCevO3d3VmY2dPLmo440y0tDLVyqaml8d6dinBZufYe3jmiPdrL6NL&#10;G3t8g641AfHlw4HFfs6W21gbWXxXmd8cGNRnz6Jj0LuDEdM/8KHPmftLs+OmxWd+TfQXXGb6K3Pm&#10;pqenm3Xj9t7Y28uW2rgjUappPIcRlYlCyBD/AAF0C3EKKdX6Pe+3djLaVZbWVxKB5FmfSxp5DUPz&#10;kr69JIGWLfJRJgyINJPnSgI/kf8AeT8urkPl7SfLGt6YyEHwsyvWWG7yOfwDY6u7bhqp9nJt0VTf&#10;3jSeKjgqHM7RW+3tHbV9SB7Bm0PtC3oO9hzBQ1EdNdfw0qQOPRrdfU+Efpaa/LVw6IR/J6+YHya+&#10;VeF+VmH+UeW2Bmd8fH/vaXqKGt66wK4PAyPh8dJHmpadw7Gpierhdqed0QtHb0C9vYh5w2fbNpkt&#10;H2oOI7iISd7VOTj7DTiPXpFtV1cXKyfU0qjaccOgT/lp/wDb2j+c1/4e3Tn/ALhZT2t5k/5VHZf9&#10;LL/hXpnb/wDkp3f2r/l62Bvcf9HfWv1/Iz/5mB/NW/8AF+uwv/c+v9j/AJ7/ALDaf+eSP/J0TbPx&#10;uP8Amq3WwL7AHRz1Sl8tv5O3XndXamZ+VfxP7m3v8PPlhkK2sq8n2J1Zk6uLZu985HkYnzp3rtvD&#10;T0k8dTW1FJ4spUUFYkc0rTz5ChyFS8moabRzncWVoNp3eBb20AACOO9FpjQxBwK4qKhQArKOiq52&#10;yOWQ3Nsxil9RwJ+dP50wfPpx/lO/Mn5I9z7g+UfxQ+Y8G3cn8j/hvvbB7V3H2LtGmpKLA9k4HcT5&#10;CnxmYNFjoaanWojfGtP54qKjWelq6W9JFURVJavNmzbZZR2u77LqFteqzKjZZCtKjzxmnFqEfFQj&#10;re3XU0zSW1z/AGkJAJHBq1z/AC/wfPpv/wCFB/8A26x72/8ADk6g/wDfpYr257eY5rt6fwyf9W26&#10;rvn/ACTn+1f+PDq1HoL/AJkT0r/4iXrj/wB46j9hO+/3Nm/07/8AHj0ZRf2SfYP8HVJePq6XA/8A&#10;Cj/PJmqiHFy73+CNLj9ox1kqQSbjrMflKfJ1tPiYpDeZooMbkJXKjhaebn0NYbEF/bZSg1eHdktT&#10;NKgjPyJIHyr0Uig305pWPz9a+X7OrEv5p2bxOA/l0fMyvzWRpMXRS9A7+w8dVXzrTQPk9w4o4DCU&#10;IkkIHkqq2pp6WFfq0kiKOSPYd5UR5eZbFUz+qhwPIGpJ9AACfsB8+l25GljL5VUjPqcdB5/LQoaz&#10;G/ynfjLS19NNSVH+yxxVPhmRkkMFdiKuuo5wrfVJYZElRl4KsCCVIPt/mZg3Nl15jxyMfbQ/zHVL&#10;Bf8AddED/AP8HRZf+E53/btHav8A4mLuP/3pF9m3uOB/Wd/+acf/AB3pLsX/ACT1+1v8PQb/APCk&#10;LeWBrfiF1V8e8dQ0m6O5O+PkP19j+rtlwvSybiqn2/8AcJlc3iaOZHdl89dQYVmjKHVklGop5FKn&#10;21hkG8y7kxKQW8LmRvw5HapPCpoW8/hz5dV311+mW3GXdhpA4j5/tx+fy6Wn/ChaiqMZ/K4ymNqq&#10;t6+px/aHRtDUV8hcPWT0ubEE1XIZWY3kZS7amY8m7Hn2x7dkNzUjLgFJTT5FT1bfBTbSPmv+Hq8L&#10;YX/HjbM/8NPbn/uoh9ga4/tn/wBMf8PRsnwj7B0rPbfV+ve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/W3+Pfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3XvfuvdagX/Cr/DZKfCfBfcMUBbE4vJ/I7DVtXddMORz1JsatxdOVPJMsWNrG&#10;BA48Zvbi8we00irJfRH4iISPmB4oP7NQ6DPMikrC3oWH7af5utiP+WzmKDOfy9vg9WY2oWpp4Pih&#10;0Bh5HQqQtft7q/GYDLQkoSLxVVNNER9QV5sb+455lVo+Yb5Wx+vMfyMhI/ka9He3kGxhI/gUfsFO&#10;jteyXpX1737r3RJf5k2YoMH/AC9vnDWZKoWmp5/ih3/h43cqA1fuHq/J4DEwguQLy1VTDEB9SW4u&#10;bezrlpWk5hsVXP68J/ISAn+Qr0k3AgWMxP8AAw/aKda7n/CUDDZKDCfOjcMsBXE5TJ/HHDUVXddM&#10;2RwNJvmtylOFHIMUWSo2JI58gtfm0je7MitJYxD4gJifkD4QH7dJ6JOW1IWZvUqP2V/z9bfvuH+h&#10;N1Tv/P2/7dK/LD/yhP8A8Ets32MeQP8AlbrT/m7/ANWZOivev+SZL/tf+Pr0Tv8A4S4f9u/+4P8A&#10;xcPsD/3yvX3s590v+Vgh/wCedP8Aq5L0k5e/3Bf/AE5/46vWyZ7jXo/6oq/nmfyzE+cfQX+lLrDC&#10;io+TXQ2GyuS2bFRoTWdkbFXVldydXypEC01UWVq7ABg2ms8lOnjXITSqOuROaG2Lcfpblv8AFZyA&#10;/ojcFf7OAf8Ao5/COifeLAXkHiRj9RMj5jzH+bqtL/hOf/M0kbxfy9O98/NFkKE5Ks+Nef3BVyCX&#10;x05esz/StTLWHWkkAE1fgY5D+gVVCpXx0MDCb3I5Xx/WPblqDTx1H8pccQcBz66W8z0h2K/J/wAR&#10;m8vgJ/mv+UfmPTol3zm/7iadk/8Ai4n8vD/3lOsvZ3sf/Tsn/wCee7/wz9I7z/lYB/p4v8Cdb6fu&#10;BOhl1737r3WhZ8Gf+4mne3/i4n8w/wD95Ts33Pe+f9OyT/nntP8ADB0DbP8A5WA/6eX/AAP1vp+4&#10;E6GXWlp/wqf+PeRoOyPjd8p8bjmfBbm2hleit2ZKCPTT0O4Nq5as3zsqKuIABnyFJlM0In5Ypj2V&#10;iFSMGavancVa1utqc0ZSJVHqGAVqfIFVx6tX16CvMVuQ6XQ4EaT+RqP8J/Z1qWe5c6DHV7X8iz+Z&#10;tg/gh3fuDrnubJ1FF8cu+JcPS7lzQSapg6037i2ak252BJSxhmOPlhmlx+bECa/F9tVfuChEMgD5&#10;85XffrFbuyFbm3BoPN0OSleNagFPKtV4t0dbNuAtJfCkP6cnH5N5H/P19CbbO59ubz2/h92bQz+G&#10;3VtbcOOpsvgNybdydHmsHm8VWxCejyWKymOeSCoglRg0csTsrDkG3vHeWKaCVoplKsuCpBBB9CDw&#10;P29DZWVxqQ1H7ep2SyWPw+Prctlq+ixeLxtLPXZHJZKqhosfQUVLGZqmrraypZY4oo0DM8kjBVAJ&#10;JAHuqo7uFQFifLP8gOJ63UAd2OtWj+Zh/wAKKtpdSbjxHVHwUq9udq7lwG7MJkeye3quNMp1v/B8&#10;FmIa/L9dbJEkbLlmy8MclDX56mkWClp3Y46SaqlSqoZV5X9uJr2Jrvfg0SMpCR1o9SDR2p8NDQqp&#10;yxHcAoowd3DfEibwrPuIIq3l9n5+Z8uthj4m/KDrT5i9A9efITqmuNRtffeIWoqMXUTRSZbam4qJ&#10;zRbk2fn0itorcdVpJTy8BZFCTxaoZYnaO942u62XcJNtux3xnj5MCKqw+TChH5+Y6O7aeO6hWaM4&#10;P8uiqfziPkqfi1/Ly+Qu+cfkDj94bv2wen+v5IqoUuQG7O0r7VOQxUp/5ScZjpchmY7XNqNj+PZp&#10;ydtg3XmK2t5BVEPiP6aUya+VCaL+dOk26XH01k7g0Y4H2nGPmBU/l18xv/ff7bge8oeo+69Ye/de&#10;8qde/wCR/wCxH09+869e4Z697917ox/w+7+ynxZ+UXRPyDxbVN+q+ydt7ly1LSOUqcptRa0UW9dv&#10;obi38QxE9dQN/hN+fZdvNgu77TPtz/6KhVf9MMof97z0ptZjb3CTDFCCfs4H9vn19XzD5fGZ/E4v&#10;PYWupsnhs3jqLLYnJUcgnpMhjclTpWUFdSzJcPFNE6SRsDYqQfeJbo8bmOQFWBII8wRgg/mOpHBB&#10;AZcg8Pz6c/eut9e9+691737r3Xvfuvde9+690Vz5qdB5f5SfFbvL49YPcOO2rlu2tiV+0aDcWVpK&#10;mux2InrJ4pRW1dFRlZZFURkaYyCb+zPZb9dr3W33GRdYhcMVBpqp5V8uk91Cbi3eBTQsKdUydf8A&#10;8sj+b7171/tbp7a381Dbezur9pbcoNl4LE7W6gpYcnt3a2NoxjqClwuXkgjrhLTxKojkauWXi/mB&#10;N/Y0uOZ+ULi4e8l2kvK7aiWlNCx4kiun7RTorj2/c40Ea3ICgUACjA+R6sD/AJfP8r3qj4Gy7238&#10;+9d199/JHtVWTtH5DdkqH3VnoJaxcnXYnA0tRUV0+Ooq2sRMhkRPkqyqrapY5KurnWnpI6cO8w81&#10;Xe/eHbeGttaxGqQp8INKAmlNRAqF7VCrgCpaq2y2+OyLSai8jfEx4/6sDoM/5lX8vHv/AOXncfxd&#10;7v8Ajv3/ALW6E358al31V4XPZ/atVuir/jO7JMetJX42mAemHgjpJ1dKmJwS62Xj2q5a5i2/aLO6&#10;sNxtmuI7nRUBgootePnXI4EdN7hYzXMkc0EgRo68RXjT/N0BeN+D/wDO3p8jj58h/Nc2XVUENdST&#10;V1MnRm3Fepo4p1epp1Y4wWLxqVBuOTe/Htc2+8klCE2hhUY/VP8A0F00LPdh/wASv+MDo8v8wT+W&#10;z05/MC2ttX+9ea3H1h3D1lVTZTqLvDYrLHuzY+UepiyEMdVTeSEZChWqp4KoU/3EE8MiF6OrpXll&#10;aQk5e5lveXpXMSiWGXEkTfC44Y/hPkCAfmG6VXthFeqC1VdfhYcR1X1J/K3/AJou8cRT9Udofzft&#10;/VfScSUGNyVRtTYE+M7X3Rt6iUQVmLzG8lyVPki+Qh1w1UtXmq1WDn7mOtXWjiAc1crQubm12ZBO&#10;akBnrGCc1CaaUHkAq/LT0j/d+4uDHJdEofRaH9vHo3n8q7+W9kP5b22O/dkv2HRdg7c7O7Vi3jsu&#10;SKhqqXM4Ta2OxjYfE43dFRKscNVkDAI3qailhiiaTWUjQWAJ+a+ZF5lmt5/CMbRR6WFcE1qSo4gV&#10;4A5HSnbbA2KumrUGNR6gf5+ijb+/lZfP7A/Lf5PfJX4m/OLY3QdF8lN2Y3PZ3BzdatunLGgwlCKb&#10;EY/I1eZhqoC0DvUyBqaNL+SzFgosb2/NWwPs9pte7WDXBtQwDeJpHcamgFD+2vSZttvFupLi2nEf&#10;iH+Gv+Ho7/wj+O38w/p/sPdOf+YHzXwHyX2JktlzYjbez8R1xidnS4PdrZyjrYtyy5Ggo6Z5FWji&#10;q6Xwlip8wci6Agk3vc+Xby3SPZ7E2sgapYyF6rQjTmtMkH8j0qtIL2KRmuZvEUigFKU+fTr/AC/f&#10;g9un4bbj+X+d3JvrAb1j+SvyM3N3dhYMHi8jjn2xi89VVM8OByjV7MJp4xMoaWKykg2H0905g3yP&#10;eks1jjKfTQpEakHUV/EKcB8urWVo1q0hZtXiOWGKUr1ZJ7DnS7rXvyH8oj5kdIb87AznwR/mV9k9&#10;S9edpbqzG8dz9Z9vYap7SXHbj3LkpcxuTcGP3LlampFTX1k8tpMhJjYMhIip95X1so8okJecdmvo&#10;I037bEmljAVXjbw+0CgBUU4emoqPwqvRKdsu4ZGNncFVc1IYVyeJ/Po9v8ub+XVtj4C7U7NqKvsr&#10;dHePePe+66Xevd/dO745aXLbxzNCaqXGU0GPnqq2RIIJ8hkqt56qrqKqpqayomnmKmGGAg5l5kl5&#10;gmiAiWCCBdMUS8FGK1NBUkACgAUBQAOJKywsRZq1W1u+WY+fH/Of29LL+ZP8RNxfOb4i9g/G3a28&#10;cLsPM70yuyMhT7m3Bj67KY2ij2tu6j3JUxzUWNdJWaaOmaJCpsGIJ4B9s8tbxHsO8R7lKhkCBhpB&#10;APcpXift6tuFq15atbqdJamaV4GvRveudsVGyuvdibMqaqKtqdo7N2xtioradJIqesnwODgxMtVB&#10;HIdSpI0RdVJuAQDz7JriXx53mGNbMf2mvSpF0oq+gp1Xj/MK/ll7Q+b9f132ptHs7c/xz+U3TckA&#10;6t+QOx6eerzWLxUGRfLDbOex1JWY+aqpEqJZ6ihlhroZqOolkljZ45ainnEfLnNE2xJJZyRLc2k/&#10;9pC3AmgGoGhoaAAgihFAc0IQ3tgLsiVWKSL8LD/VXojOV/k8fMj5L5naGA/mCfzGNy939C7R3FT7&#10;gq+ndhbMXZEO/DRIRRUu481Qy0ccLJbQ1a9DWVIhknjppaSWX7hT1Octm22N5OXttWC4ddIkdi5S&#10;vmqn/BqArk1+HpIdrurhgt7OXQfhApX7er8INi4LCddRdabNxmO2vtnEbKj2LtXDY6mWnw+3cFj8&#10;F/AMHjKGkh4SmpKdIoo4l/SihR+PYAM8klx9TOS7FizGuSS1SSfU9HOkBNCigAoOtcboL+Un/Nd+&#10;LvXlN1R0N/Mr696969pMvmc9SbaoenYMpBDlM9Vfd5SqFZnqWrqSZXsxDS6R9Ao9yRf83cqbrc/W&#10;bjtjySkAVMpGBwwtB0QwbZuVtH4UNwFX00j/AC16OJ8Rf5O+M6l77g+XHy2+RO/vmx8msSS2y919&#10;g0s+P2p146s8lLUYDb1fXZOWaooHmnOLc1ENHReTyUuPhqI4J4ibeOcnu7A7RtFutjan4lTLP9rU&#10;AofxebUyaEjpVa7Z4couLqQzSeRPAfYP9Q6ND/M7+GG5fnr8Vsx8e9p72wewMxk97bI3XFuLcONy&#10;GVxsUG08mchNSSUeMdJWeYHShBsPz7KuV97j2Ddl3GRDIFVloCB8QoOPSncLVry3+nRgpqDUivDo&#10;+O3MZJhdvYLDyyrNLiMPjMXJMilUmegoo6R5UU8gMUJF/p7IpG1uzfxEnpYBQU6e/det9e9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/X3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUv/wA9z4dZ/wCXfwP3SuwcPLnO0Ois&#10;9R907NxNHHLLlM/jsDjqnGb621joYVeSaafD1dTV0tJHGXqKqlpoU9Tg+xnyJvMez7+jXBpFOpiY&#10;+hYjQT/tgAfQE9FO8WjXVmdHxJ3D8uI+2nD59Vvf8JzP5lexMx1ZivgL27umnwPZGzMtnKroGqzl&#10;SIaPfezM5XSbirdhUOSq5CHzGLr562WjpGZTNQyxxUqt9lIAJvcjlmeO7bf7JNULhRKAMo4FNdP4&#10;WAFTmjVLU1dIdi3CMxCzlNGFdFfMeg+YPCvW1/e/H0P/ABB4H09xKCcdCTr17cfU/wDEDg/X34k5&#10;691qdf8ACjD+ZfsXF9WZL4D9Obpodxb/AN65TD1ff+SwNd9zSbE2lgcjDn8Z19VV9E2gZbK18NLN&#10;X0qylqehheGpj/y5NMte3HK073g3+9UrFGD4QI+NiCpah/AgrQ4qxBB7T0G98v1ERs4iNRpr+Q40&#10;NPU+np8+rJ/5Efw6z/xE+B+1l39h5cH2h3rnqzuneWJrI5YspgMdnsdTYzYu2sjDMqSQzQYekpqu&#10;qpJIw9PVVVTC/qQn2Gee95j3jf3a3NYoFESn1Kk6yP8AbEgeoA6XbPaNa2Y1/E/cfz4D7acfn1dB&#10;7BnRt1Tv/P2/7dK/LD/yhP8A8Ets32MeQP8AlbrT/m7/ANWZOivev+SZL/tf+Pr0Tv8A4S4f9u/+&#10;4P8AxcPsD/3yvX3s590v+Vgh/wCedP8Aq5L0k5e/3Bf/AE5/46vWyZ7jXo/69Yf09++fXutHr+fb&#10;/L63N8Se99vfzFfjHDPtHZ+7N/YXcO8m2pAaao6k79pcmM1it+0PjDRw0WfrIlqtRTRFlFlVjprq&#10;eETjyBzFFu9i3Le60kZEITUf7SKmV+bICR80/wBKT0Ed6sWtphewdoJBNPwt5Efb/Log1N8oMP8A&#10;M3+cZ8IfkrS4xMJunsrvj4Ejs/ExLWrT0fZ+ydz7V653bJQrU/tikqWxEdXQLTMyJSywiUirFQqn&#10;/wC6pNk5Nv8AbWOpI4rvwzxPhssjrX5jUQfQg+WnpH9Qt3usNwMEtHX/AEwIH7Ovo/e8b+h11737&#10;r3WhZ8Gf+4mne3/i4n8w/wD95Ts33Pe+f9OyT/nntP8ADB0DbP8A5WA/6eX/AAP1vp+4E6GXRQPn&#10;X8RNl/OT4wdmfHXecseNbdmNSu2bug0xqp9ldg4J/wCIbO3VDEpV2Snq1WOshjdGqKOSoptaCYsD&#10;fYd4m2LdYtyhzoNGH8SHDL+YrT0ah4jpNeWqXlu0D+fA+h8j/n6+X33x0X2h8au2t7dI9x7Xrdo9&#10;hbBzVRhc3iqtJDBOIjrosvh60qErMfXQlKugrobxz07xyxkqw95Sbff2m52kd7ZMGjkFQfMV8iPI&#10;rwYeRqPIHqPZoJbeUwyihGP9mvmOgkt7V1PTHz6Mj0h8xvlZ8bI2puh/kL271Zi5Jmqp9v7R3xnc&#10;dtWsq3cStVVu0TM2MnkLXu8tI55IvZmuWX+zbPuZruFvHMeGpkGqn+mpq6VQ3dzb4gkKj0BNP2dS&#10;+7vmp8t/klTfYd5/I3uHs3Chlddtbl31nanaKSiXyiog2fBNHjEl1WvKlIHOlBfSiW9Y7Hs22HVY&#10;20cRP4gg1f73TV/Prc15dT4mkLL6VIH7Oix+zPpL1sa/8Jwfl53B1b8s/wDZXsLt3cu/+nO+ocll&#10;904fC081anWO6NuYrVS9uyhiIaWgMEMGIzLu6eVZKMq0k9NT080ce5OzWd1s43V2WOaAgKTQa1Y/&#10;2fqWBOpfSjDgSQfbDdSpcfTAEo+aehH4vz8x0aT/AIVM/JRsrvn47/EvDVzNR7RwmT7y37SRlZKe&#10;TO7lkm2f19BMQbpUUVFS5yZozyYshE35X2U+1O2aILneZBTUREn2LRnp+egV9VPSnmKcF0th5DUf&#10;zwP5A/t61Jvcu9Bjq/b+WP8AyK9w/wAxP4/Zj5AZX5Ct0ThoexM5sXa+Ik6dPYz7qotu4yhqMlui&#10;LI/3pwIggWtqp8ckXgkJkpZiXHAIA5o57i5b3EbeluLhtAZj4ujTqJGkjw3zQaq+hFOjvb9ma+g8&#10;fxNAqQO2tQPzHmSPy6sZ/wCgTn/wPn/2Vn/9I/sN/wCuz/0j/wDqv/1x6W/1a/4d/wAY/wChuqBP&#10;5m/8vbP/AMt35B4npLKdgN2riNyddYHsTbW/k2ZLsWHK0WVyddg8ljXwLZPMJFNRVuPmjcLkXJje&#10;GUonlC+5A5X5hj5m243yR+EyuUZdWumkAg6tK4YN6cceXRNuNkdvnEJOoEVBpSuaHzPDP8uq6/Yj&#10;6QdfSS/kR/JT/Zjv5cXTi5LIffbv6NNf0Buy7hpUHX0UB2QxDEuwbbNXhFaR/wBcqy8kg2xp592z&#10;928yTUFEn/WX/b5b9j6selMdD3Z7jx7FK8U7T+XD+VP59XGewf0ade9+691737r3Xvfuvde9+690&#10;iOxexdj9SbH3N2V2TuXGbO2Hs3GS5ndG6M1K0OLwmLgZUlrq6VFYrGpZQSAfr7dt7a4u50trZC8j&#10;miqKVJP8uqyOsaGSTAGeiQ0P823+WtkayChpfmX0i1RUyCGITblkpIQzc3mqayFI41HJLyOqgckg&#10;c+zxuUuZVXW1lKB66a9I/wB5WBx4q/t6PZs/eezuwttYjeWwN2ba3ztDP0q12C3Xs/O4vcu2s1RO&#10;TorMTncLLPS1MRsbSRSsp/r7IJoJreVoZ0Mbg0KsKMD6EGhH5jpYrI66kNR6g1/Z69IXdXf/AEzs&#10;ftTr3pHdvYm3cD2x2xTZWs642JX1Msee3hTYOnkqsvNh6dUKyLTxwytJdxYKfr7UQ7feT20t7BGW&#10;ihI1sBhScDV9vVWmiSRYmajNwFfToY/aXpzpk3DuHAbTwmU3LunO4fbW3MHRTZHNbg3BkqLDYTEY&#10;+lUvU1+VyuReKCngjW7SSyyKijksB72iPI4SJSzE4ABJJPoBxr5deLKi6moPnw6JLjP5on8uzL7k&#10;O06H5n/HaTL6xErTdl7eosPKzaPH4NzVsseNkDmRfGyVZD39JPs9blfmNI/FeymA/wBIxP7Kav5d&#10;IxuFiW0eMlftH+fo9NHWUmQpKWvx9VT11BXU8FZR1tJNDU0dZR1UYmp6qkqISUkjkRldJEJVlIIJ&#10;Bv7ISuklW8uIP+XpYCDn9nQId6fJ/wCPnxlo9r5Dv/t3ZXU1FvXLTYPalTvLLR4uLOZSlhWeqpaN&#10;mBv4kkjaVzZEDLqYahdbY7XuG5sy2ELTaBU6RWg9T9vkPkemZbiCCnjMFrwqadDz/r8G/wDT8fn2&#10;i6e6C/tjuvp/onbJ3l3T2fsHqnawnFLHnuwd14PaeMqq5lLx4+hqc1PCtRVPb9umg1yubBEJ9qLO&#10;yvL+XwLKJpXP4VUsafMAGg+fD1PVJZY4U1ysFHqTToBepv5hvwc7x3HRbO6r+VXSe7925Op+zxG2&#10;KXfWIx+4M3W6BL9lgcPmHpqivmCkMYqSORwtyRYGxjd8vb5YRmW8tJUUcWKGg+0ioH5kdMR3tpK+&#10;iORSfSuf2Ho3OXy2NwOJyedzNXFj8RhcfW5bKZCobRBQ43HUzVldWTlQSEiiRnYgHgHj2TojOwjQ&#10;VY0AHrU0p0pqFFeg/wCnu6Oq/kBsLFdodL74wXYvX2bqMlS4jdu26h6nEV9Rh8hJispDTzSKhJhq&#10;IZIX9PDKfb93YXW3ztbXkZikHFSKHIBH8uqRSxzoJYTqU1oR8sdPnYvYux+pNj7l7K7I3LjNnbE2&#10;bjJMzujdGZlaDF4TFwMqS11dKisVjUsoJAP190t7a4u50trZC8jkBVHEk/y6s7rEhd8KM9Sdib62&#10;j2bs3bHYWwc/Qbq2VvPCY7cm1dx4qR5cbnMFlqdavHZShlcKTFNEyuhIFwfp71PbzWsz21ypV0JD&#10;KeIIwf2deRldQ6GoIx0GO9flB8e+uO3tidB767d2VtfuXs6mpa3YHXOWysdNubdFJXV9Ti8fUYui&#10;I9S1FTSVVPT62XyyRSJHqZSPaqDa9wubSTcLeFngi+NwKqvnk/Ya/IdNtcQpIInYBm4CuTmg6Hyw&#10;/p7Q9PdV45r+bB/Lk25mctt7O/L/AKdxubwOSr8Nl8bVZqsSqx+VxdW9FkKGoTwG0kMsbRuPwQef&#10;Z/HynzHKiyJZyEMAQQvkRUcT59IjuVipIaVag0pX06Nl093v0x8g9rPvXo7tHYva21YK+TFVmZ2L&#10;uTGbhpcZlo4kqpMTl1x0jvR1axSxTNS1axyhHR9Gl1JKbywvduk8C+ieJqA6WUrg+YqBUH14YNTx&#10;6UxTRTLqhYMPka0+3rBB3/0zVd1Vnxzg7E25N3jj9opv2u6zSplO5qbZ7zRU6bhkpdGn7YvNEocO&#10;eWAt739BeCyG4+G3gFtAenbqoTSvCtBw6140Rl8DUNdK0+Xr0Mdh/T2lOePTvXvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddWH9B/tvfvl17rVz/mW/8ACdzb&#10;3e29Nw9+fCvcm2uoex85UT57c3UGdhqcT1vuTcjzirqc7szO4dJJNu1lQ+uSWk+0lopZ2Vo2oF8j&#10;PKPLPuLLt8C7dvamaJRRZBlwPRgcOKYrUEfPoPX+xpM5mtDobiV/CSfT0P8AL7Oq3sNvH/hS78N6&#10;KLZtNtn5G7/21t9DjKGj/wBH+z/ldSS0cAWjoDQbmw9HuPMeCNWjaCNa9AiLpeNUjdFErwe2G8sZ&#10;y0MTtk9zQGv+lJRP5dIQ/MFr2UZh9gf+eW/n1gze6/8AhS78yqWfZ1Xt75I7B21uADH1lEuxNofE&#10;6jp6KUClrVrdy5Kj21mDTSiGR6iOWvl1o7IqNFKsTeSL2v2UiYNDI6eZZrgn7FBdPMeXl14tzBdD&#10;TRlH2BP54b+fVk/8tH/hO5gei95bd79+bG4ts9t9k4OqTPbY6fwCVOY6223uGKqNVRZ7emdzUUMm&#10;4a2A+OVKMUUNDDUBmd8ivjdQ1zP7jS38D7bsiGGFhRpDh2H8KgYQH7ST5U6XbfsYhfx7shm9OIB8&#10;jXiT/L7eto2w/oP9t7i75dCHrv37r3Va/wDN46D7b+UP8vD5B9F9F7T/AL89p75/0T/3W2sc7trb&#10;P8U/uz3htreGb/3ObwrMfjoPBjsfV1H+U1cevx+OPVK6Iwk5P3Gz2vmO2vr5/Dij8TU1GalYnUYU&#10;MxqxA4edei/c4ZbmxeGEVY0xWnBgeJI9Oi2fyFPiJ8h/hd8P+yOrfkv19/o131n/AJJ7w39icEN2&#10;7H3l93tLKdYbO27Q5b+KbByWUok8lZiq+HwS1CzL4tTRqjxs5nz/ALxt297xFd7VJ4kawqhOl17h&#10;JISKOoPBhmnnxx0xs1rPa2rR3AoxYmlQcUA8j8uru/YI6N+ve/de6DXt3qfYPevWO+Onu0dv0u6e&#10;vuxtt5La26cHValSsxWTgMTvTVEVpIKmFtNRSVULLLTzpHNEyyRqwfs7u4sLlL21bTJEwZSPIg4+&#10;0UwfUV6pLEksbRSCqtjrSZ6m/kQ/O746/wAxzpLde1usE7C+NnUPy16X3zR9yjsjqDFTZDqjanZu&#10;J3bXbhyOzMpnaXNitocfFLHW0kGKLy1EEv2aTxvC8k4XfPvL+4ctzwzTeHdT28q+FokP6hRl0htJ&#10;SjGhBLYB7qEdBKLZbyC/VkXVGrghqrXSCDwr/k63sPcEdDDr3v3XutR/4pfyx/nF1t/PO3T8xt69&#10;InC/HHI/JP5l7/ouxv8AST1DkfNtLtfb2+aHYOWO0cRn588v38uZxyCB8YJofLepjhWOQpLe7c07&#10;Fc8hrssE9boQ2yadEgzGYi41FQuNLZ1ZpgmvQZttvvI95N0yfp6pDWq8Dqpitc19OtuD3EnQm69Y&#10;f09+p17qtD+Yr/K2+O/8xvZtLSdiQVOx+2tsUE9H1/3ZtaipZ907dp5HeoXBZ7H1DRxZrCmodpnx&#10;tRLG6M0jUdTSSSyyOJeW+a9y5anLW58SFjV4iSFbyqD+BqcGH5g9IL/boL5KSYYcCPL/AD9aTXyv&#10;/kWfzCPjBkMpV4/qiu+QHXtI08tFv3oemrN6TSUEbakmy+wKdBuCilWMh6n/AHHTU0dmCVcqoz+5&#10;v2jn3lzdFVXmFvIeKy0Ufk9dJHplSfMdBO52a8tzULrX1XJ/3kZ/l+fVR24Ntbj2jk5sJurAZvbO&#10;ZplJnxG4MVXYXKQAO0f72PyUcUq+pWXlPqD+bj2MIpY7hfFiIdfVTqH7Qafz6K2Vk+MEfaCOnjZX&#10;XXYXZeVXB9b7E3l2Dm3eGFMNsna+b3ZlWkqdRpYhj8BBPKWk8b+NQnqCsVuQfbc1zb2qeLcyLEvq&#10;zBf5sQP59bSOSQdilvs/2K9XVfEL/hPd87fkbkMZlu09tRfFjrScxy1+4O1qVpN/TUrKGkjwfU1J&#10;LHkxUrqW8eakxkdtVpWdCnsEbx7ibDtylbRvqpfIJ8P5vlf95DdG9rsd3Oay/pr8+P5L/np1us/B&#10;n+Xh8a/5ffXs+zOi9rSPuHOx0r7+7T3Q1Pk+xt/1tKtof41moookgooWuaTE0MUNJCS8giNRLPPL&#10;Ce+8xbnzFc+Pfv2gnQgwqA+g9fVjk9Cy0soLKPRCMnifM/b6daGv8xTr35kfLX5sfIvviD4s/Jiu&#10;2/u7sXJ0Gxph0V2t4z11tBI9mdfOkUuK/bMuIoaOedFAHmeRrXY3nzlu42XaNjt7D6uGqJVv1Y/j&#10;buf8Xk5I+wdA6/S7ubx5vDelSB2twGB/LPRLf9ks+Y3/AHiZ8mP/AERHaX/1q9nP772X/lMg/wCc&#10;sf8A0F0i+kuv99P/ALyf83X0qv5cXx8f4t/Bv4y9I1lD/Dc9tXq3CZLelGY5ImpuwN6GTfHYFO/n&#10;tI3izORrYlaRVJVR6E/QuNHMu4Ddt/ur5cq0hC/6RexP+MKP29D6xh+ns44vQCv2nJ/n0dz2SdKq&#10;DrWS/wCFLXxA333t0t8f+5upOv8AdfYe+eqt/Z7ZGbwGwtt5jdO5KnZHZOHXJDLy4nBU89RLTY/I&#10;4Wmi1hbRGudraWZlk32x3i32++ns7yVY45kVgXIC60NKaiRxDk/PSOiHf7V5oUljUsUNKAHg32eh&#10;H8+tOb/ZLPmN/wB4mfJj/wBER2l/9avcy/vvZf8AlMg/5yx/9BdBX6S6/wB9P/vJ/wA3Wy9/wmtg&#10;+SPQneHd/SHbfRfd/X/Xfbux8ZvPBZ/fPVm/ts7coOwuuq5qb+Grlc7QU9LBLk8TlKx3Z5AZGoIY&#10;xdtI9xl7mNt1/YwX9pPFJLC5UqkiElHyDQHVhgPLGs9CDYRcQzPBMjKHFQSpAqPtHnU/s63KPcNd&#10;Cnr3v3Xuve/de697917r3v3Xuq4f5vX/AG7O+Zv/AIhbO/8AuZTexHyh/wArNZf81V6Q7n/uBL/p&#10;T0WL4Ffy5/gn2v8AAz4t7l7C+KXSO6Nzb5+PnXmT3Zuit2Pi4tz5vKZjbEE2TylVuOjWKtWqmdmd&#10;6mOdZdRJDA39mm/8yb/acwXcVtdyokcrhVDHSAGNBQ4I+VKDpPZWNnJZxvJEpJRamgrw6KF0b1jk&#10;/wCUn/Np64+MPVu5ty1Pwm+eW19zZja3Xu5c1VZak6y7X2tjamSOLBVWSMs9VUwvR4/GirMqTVGO&#10;yMCZFq6pxlNUk4vrpOb+UZd1u1AvtvI1OABrjJAofLNa08mXt0hiOksMbbbuYt4zWGYGgP4SPT+X&#10;+9dDl85P+34f8pz/AMMjvP8A3nb2Uv7QbF/yo+7/AOmh/wCPL07ef8le1+xv8HWwN7j/AKO+tZ/5&#10;a7b3Z/NP/mn5X+X1nt27m2n8OPiBsTafane+H2xUyUB7W37m6XGZvF4Cpy9OzKLx5ijoKdJotVKl&#10;HmJoHWpkiKSZtEkPKnKo5jjRXvbxmjiY58NQWBan+1JPqSoPaCOiG5D7juP0DEiKIBmp+Imhp+wj&#10;/jXVmGZ/k7/y0c317/o0n+IfVtDgI8fBj6fK4iDM4vfdMtL6qaqHZFJVjPy1CsAzzVGRkaX6T+RS&#10;VIXTnLmZLj6hbyQtWtCQUz5aCNFD9mOl52vb2TR4Kgfz/bx6MT8OPiZ1/wDCXobbfx76yz+/NzbS&#10;2xlNy5Sgy3Ym4m3DuF33JnJsw9Kr08VNRUtPTrKkEVNjqOnhOhqh42qp6maUt3vd7nfL99xulVHY&#10;AURaLgceJJJOTqJqSRwAHT9rbJaQiCMkgV49ay382br/ALD/AJnfz27j+P3V1XkZ9pfy9PiLv7sG&#10;ohpMSmVpNw925jFUu65toYLIRM0YyGYZ8BhlpZwjiTF1xHCF0lHlG5tuVuX4dxux37lcInGlIgSu&#10;o/JO9v8AbD7OiDco33G8aCKtIEJ+1jmn+AfbXq+r+VB8qYvlb8Auiu2M/l46jeG29qHrfterr6+m&#10;lrIN79Yxjb2YzOfqY28cU+UpIqTPyhtGhK1bqn6RH/Nm0/unmG4s41ojNrQDhpfIUD0WpT7VNK9H&#10;O3XP1Vmsp+IYP2j/AGKH8+qf/gp8ctv/AM5zuLuj+YV80aXcG++l9tdpZ7q74q/HzM5LNYXZu29s&#10;7aakysmZy2PxdREakRpNQ01THDKkFdkUyUldBIgihAw33c5eS7OHl3ZCsc7xh7iYULFmqCoNKDgS&#10;DxVdFM93RZZwLusj3t3UoGIRTigHr64p+derRe9/5J38uPvXba4U/H7b/UObpArYXfHRtuttyYiX&#10;7lKiVjTYpWxlaJRH4XGSx1QVjZvC0UmmRQxt/PHMthIWFwZlPFJe9T+3I/2rD59GE202My0CBKea&#10;4/2D+zo+vc+NpMJ8du18PQLOtBiOlt94yhWqrK3I1IpKDY1VSUy1GQyMktRO4RF1zTyvI5uzuzMW&#10;IdsmLX8TtxMiny/iHoBT/J0skAWFgMDSf8HVX/8Awnw/7dY9E/8Ahydvf+/SyvsWe4f/ACtdx9kf&#10;/Vtei3Y/+San2t/x49GO/m9f9uzvmb/4hbO/+5lN7LOUP+Vmsv8AmqvSnc/9wJf9Kelp/LI/7d5f&#10;C6/5+N/VP+xvtOm9Vxf6/X6+2OZwP6xXw/4dJ/x49W27/cCH/SL/AIOtRj5kDun5id2/Ov8Amp9R&#10;Z+tg2l8Au8ujNndEVdHQQ7hx+awPW27Gx2U3FtKejJPioa9aDeNajyWjp8tI7aRxDL+ytZbNYWHK&#10;l4o17jFK0tTQhnUEBq+ZUmMfNB+YZu/EupZtziOIGUIaVwDn9ho35/Lrdy6D7i238g+k+qe8do60&#10;252vsDau/MZSyywzVWMj3Jh4slNhq9qYsgqaKV5KSrVSdE0br+PcHX9pJt+4TWEpq0Lshp50ODn1&#10;pUfIjoWwyrPCsycHAI/Py/LgetbL+Tl8afh53Xgfm7n/AJFdQ9Idh7qxXzg7gw+EynaGA2tl8xRY&#10;ACmrUoMdPnVMi033E08gRPTrZz9Sfclc47pvNk1hHts8kaG1iJEbMBXOTp86U45x0Q7XbWsvjG5R&#10;WYSMO4A4x0rf5d22+pOrv54HzT60+GNVRf7LCfj7jMn2Ht3ZmQlzHV23O3qHO7e8uOweVimngeqo&#10;q2tzEVPS/cutG1TlqOnhihptFO3zHJd3XI1jdb1X6rxSELYkaMh8kGhAIC1NM6UJNTm9kqRbtNHa&#10;/wBnpyBwDY4fz/M04Doedsf9xH3Y3/iguJ/96DE+y6THtxGB/wApZ/463Tw/5Lp/5pf5etgb2AOj&#10;rr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de6//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6916w/p&#10;7917r1h7917r3v3Xuve/de697917r3v3Xuve/UHDr3Xvfuvde9+691737r3XrD+nv3XuvWH9Pfuv&#10;de9+691737r3XVh/Qf7b37r3y679+691737r3Xre/de66sP6D/kfv3XuoWQxmNy1MaPK4+hydIzp&#10;I1LkKSnraYyRm6OYKlWW6/g2uPdlZlNVJB+XXuPHrNSUdJQU0NHQ0tPRUlOnjp6Wkgip6aBB9Ehg&#10;hAVR/goHvRJY1bJ691nsP6D3rr1evWH9B7917ruw/p79Qde697917r1h/T37r3XvfuvdesPeqDr3&#10;Xve+vdesP6e/de697917r3v3Xuve/de697917r3v3Xuq4f5vX/bs75m/+IWzv/uZTexHyj/ys1l/&#10;zVXpDuf+4Ev+lPXf8uLsbr3bX8uv4gVW5N97NwFNh/jZ1fJl6jN7owmKgxUdLtKnNQ+Rmr541gWP&#10;+2ZSNP5t71zLb3D8x3iojGs7gUVjXuNKY8+vbe6CxiqQO0Vz8vt6qxk7l23/ADLf52Px3rPj5Urv&#10;748/y/tkby3Rv/t3FRTPtDJ7/wB3UtbjqKn2puOkBgrqapro8PTY9nmRa2OkytZRLUUUAqJRV9FN&#10;yzyRcruQ8O53B1VYzTUEUgksMlSBqJA+ElFbJoC7xUv92QwnUkAPd5aj6f4PnkitOhl+cn/b8T+U&#10;5/4ZPef/ALz2U9o9i/5Ufd/9ND/x5enLz/kr2v2N/gPWwN7j/o761nO2+xqX+WT/ADrN3/ILub73&#10;DfFT5/8AV+2dqTdjfZTz7b667O2XjMRhUG4a6NZ6gCOpxRmqVASKKmzaVAZkopEikyztTzRyQm32&#10;VGu9ukZtFe542JPaP9tj1ZCME1JDNINv3Qzy/wBlMACacGwM/s/n8ur8Mt8mfjlguv8A/Stl+++m&#10;6DrJqCLJRdg1HZezRs6popzopami3GtaaScTNZIBDKxkchY9TEAx+m17lJP9IkEhlrTRobV+wio/&#10;Ph59HJngEfi6xp9a4/bw/n0X7rr+Y78YO4vi33X8u+qd2ZDdnVHRcfZabtnqcFl9uZWev62w5z70&#10;WPx2ahSWT+L0MlBV4nTGXkSsgjljiqxNTRGNzy1ullusG0XaaJZymk1DCjmlSQaUU6gwJxpJBpQ9&#10;Mx30E1u9zGdSJWuKfDn86jI+XWuF/LS+FX8zruzrjf8A86OjfmRsf425H5odh7u7A3nj63q2n3Nm&#10;92y4be+Zpos3VT5qkqTS0rZKqzD0VLA2gxOsuuRJIysk8zb3yxY3Mew31k1yLFVRT4hULVFqBpIq&#10;aBan5U6IbGz3CaNryKUR+KST2gnifX556Mx/J42/vf4O/Nf5g/yte9NwYvcQ3xtnC97de5/A4c7V&#10;2luzJV22qSLfTbQx2mOUPXYuvpkljjXx07YOpjjKaArFvOMsG/bFZc02ClPDJhZWOplAJ0Vr5Aqe&#10;PHxBXpRtgezu5dumNa0YUFAa0rT/AFeXSi/k2/InZ/wXz/eP8rT5a7vwvVfbHWPd26M90/uHe81D&#10;tPanamy96LRvj49v56tZKU1dbMseYx0FXUJPWU+Ughp42kpZY1Z5z2+bfYoObNpRpoZYlEgSrNG6&#10;1B1ACtB8JPAMhJpUdW2qcWmvb7o6WRjSvBgc4P519c0HDoR/57OM+N1f1W/dG5vm1vfp3tzYHW26&#10;MX011B1P2tQ41+2d15GuWfCvmtn7fE+WqqWKsEVPVZGExQUsTHyzRllJTchHchdixhsUnhkdTJJJ&#10;Hq8NaZ0k9oqOA4k8Aerbz9P4QnaYo6g6QGA1E/Lj+Y6OV8HM1mdx/wAm7qrO7hy2Tz2byfxD3ZVZ&#10;LM5mvqsplchVPtrKh6muyFc7zSyGwu8jkn+vsk3xEi5ymjiAVRcCgAoB3DgBgdLLNmba0ZjUlMk/&#10;Z0DH8gDdm1sV/K76MosnuXAY2tj3F240lHX5rHUlVGr9oZV42khnlVhqUhhdQCDccEH2v9wYpX5q&#10;uGVSRSPIFfwLWnlg46Y2RlXbkBI4t/hPRnf5tGVxmY/lj/M6rxGSocpSjprPwmpx1XT11OsqVdMZ&#10;IzNTMy6lDAlb35H9fZVykjrzPYhgR+ouDj1zmhpjpTuTBtum057SOif5X5QD4ifyCOq+28fkGx+9&#10;Kj4idXbA6yaB4hXf6ROw9qU21dt1+NinsksmLNRLmWiP6oqOQAMbKTkbUN49wZbJxVPqHdxn4FYs&#10;wPpqppr8wOkpuPpdlSUcdCgfaRT/ADn7B1X98T/5Rf8AMvpfhhhuudifNfrrprpn5EdetvDfXR2R&#10;6YoaytEPcmyqan3Hh94ZOaiarfItjGp8fVulQrwGIRRMviQgQbvzjyyd7a6uLFp57d9KSiUgVjaq&#10;lBw06qkYzX59I7fbNwFoIlmCK4JK6RXuGQfn0dz/AIT8dk7n2r1R8ivgH2dUQjsv4O947t2hHFDD&#10;UQUdRszdO48hO74mSsCyVUce4qPO1LVCqF8FbRAKEeN5CT3Dt4pru33+0H6V/ErZz3KBigwDoKin&#10;qrdKtlkZInspPihYj8j5j86/lTquL+W3/Km+K3z7xHzf333dB2BBvbbny+7p2FtjObQ3pXYKDC0D&#10;FMvSVxwyK9NUTQ1VbLMBOpVwFRwVvcR8yc2bty+bC3sSnhtbROwZQa8Rx4jA8ukFhttteiaSUHVr&#10;Ycf8nRzf+E/2Q298ed0/Lz+Xn2RszbWzvlL0t2Rkdz5zctHi2os53L1nHUR4nGZx8lW3qq6jxU1V&#10;T1mPlcxQmizdJJTwljVzSE3uEkm5RWfMVs7PazIFC1qI3NSRQYXVShAJOqNgfLpXspFuZbCQASI1&#10;T/SB8/yx/vQ6F/bH/cR92N/4oLif/egxPtFL/wBO4j/56z/x09Oj/kvH/ml/lHWwN7AHR11737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3QS96dLbH+RXUO/wDpDsumyNZsLsrb9RtndNLisjNi&#10;clPiqqRJZoqTJQgvC5KLaRRcc+1Njez7ddx31sQJIjqUnIr9nmOm5okniaKT4W49VD0X/CdX+WdS&#10;1UFTLsrtfIRxPeShr+4N1PR1cZFngqVgMblGHB0SK35BB59jA+4vNBWgkjH2Rr/m6LBse3jipP5n&#10;q1z4+fGjob4p7Bp+sfj11ftjq3ZcVSa6fGbfp6iSszGSMCUxy+5dwZSSoyWVrTDHFCa3J1c8/jRI&#10;/J441UBPct0v92nN3uMrSvTi3ACpNABRVFTWigD5dGUMENvH4cK6VHp59JLsf4g9MdqfIvpH5Tbt&#10;oM/P218fKDcWL64rqHP1VFhKOk3VST0OYXLYSIeOrLR1EmhpD6TYj6e3rfd72022faomAhudOuoB&#10;NV4UPEZ6pJbRSTpcOO5K0NfXo0fss6UdBT3N0h1J8h9gZbq3u7r3bPZmwM543r9s7qx6V9H91AGF&#10;JkqCXiakrINbfb1tLJFPCSTHIhJJU2d9ebfOt3ZSNFIvBlNDniCPMHzBwem5Io5k8OYBh6HI6qjo&#10;P+E+H8ruh3E+bk6a3jkcb5Q8Wzcl3D2XPtenVXRoYIxFkkyLIpQW82RdmBYOzXPsWn3D5qMejx1B&#10;/i8OOv8Ax2n8ui39x7bWvhn/AHpv8/VgPafwq+PHa/xjyfw+rdkx7F6BytHg8fPsjquZevqeLH4D&#10;cdNuqlo6WfBRoUSaupY56w2LVJLmZnMjlg7ab1uVpua7wJNdwte9xryQVODXgDj08ulslpBJb/TF&#10;aJ6DHDPQ39V9Z7P6X6z2D1H1/jTidkdabP29sfauOeZ6uemwW2MXFiccKytlvJUVDRxB6iplJkml&#10;Z5ZGLuSUN5dS3t1Jd3Jq8rFmPqSan7B5AeXAdPRxrEixx4C4/wBnoB+wvhN0P2X8peofmRn8VuGl&#10;756R29V7U2ZufB7jrcRRy7crBk0mw24MVAPFWwacxk4wkhHoqZFvYixhb73uFrtc2zRsPp5zqZSo&#10;Pd25UnIPYuRnA9B009pDJcLdNXWmAQfL0/mf59QPlf8AAP4lfNmgw8HyN6fwm+MrtxHj23u+lq8r&#10;tne+BiZmkFLRbr21PS1klIHdpfsKuSakMh8jQM/Pu20cwbxsbE7ZMYw3xKQGU/kwIr/SFD8+q3Nl&#10;bXY/XUGnA8CPzGeiZbM/kJfyzNl4ndVBB0rmNx5HdO28xtc7l3lv3dW5c3t3H5qlNNVVe1o6+oNB&#10;R18VxJR5MUTVVM4D080ZLXOZuf8AmidlYz0CkNpVFVSRw1UyR6qW0nzHSVNm29VICV1ClSSfzHz+&#10;fVj/AFj8duteovj5gfjLs2jy1P1XtvYdb1xi6Kvy89dmI9sV9JNQ1EE2ZlHkeYx1EgExF72P49hu&#10;63G5vNxbcpiPFZtZIFBq48PTpfHDHHAIE+ECn5dVNj/hOZ/LPVQq7U7hCgaQo7i3GFC2tYAL9Lex&#10;d/rj8z1r4kf/ADjXor/cW3fwn/ej0dnrb+Wj8W+qfid2X8LNo4XeUPRvbdfn8lvLHZDemTyW46qq&#10;3LR0FBlGo9xVA80CmLG0gQIPSQxHLH2R3PM263u7R75Mym4ippOgAClSKrwPE16WpYW8ds1ooOhu&#10;Oc/t65ds/wAtL4td3dAdEfGPsPC7wy/Tfx3q9sV2wdrR7yydIlXPtDBSbZwY3bUwgNkhHRTVEDCa&#10;2oSy35c+9WfM+7WO4T7pauqz3OrWdIPxNqag/DUj+XXpNvt5IEt3B0JSgr6Cmfyx9nR/giqqqqqq&#10;qAFUABVA4AUD6AeyGp49LKdFH2d8JuiNhfLTsv5p7Uxm48T3b29tCk2Vv6eDctd/dDNYeip8RTwT&#10;NtA/5NHVf7hKGRqlAHaTzSH1zylzabfL+faItllYNbwtqXtGoHuPxcSO449KegonW0hS5a7UHWwo&#10;c48vL1x07/F/4gdMfELGdmYjpig3Bj6Ltrs3O9ubwXP5+qz7z7y3FDFDlKigkqgDBAywppp19Km9&#10;vr7b3Pd73d3ie+YN4KCNaKFoq8AacTnj163tYrbV4QI1HUc1z8uk/uX4N9B7k+W+zfm62M3Ng/kB&#10;sva52dDntt7nrsRg9yYBsfXYg0m89tQhqXJt9pXy0wmqE8gjipbMDSU5jdj33cYtnfYwVNs7aqMo&#10;JU1BqrHIFQDQerH8R601pC1yLuhDgUrWlft9ePSho/iB0xQ/LLK/NOnx+4B3nmesYeo63JNn6o7d&#10;fZkFVT1kdOu3SPCtQJKaM/cA6rXH59tneL07SNkLDwA/iU0jVq4fF6fLrf00X1P1dO+mnj5dGi9l&#10;nSjr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de6//9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6911Yf0Hv3Xuu/fuvde9+6911Yf0Hv3Xuu&#10;/fuvde9+691737r3XrD37r3XVh/Qf7b3759e49esP6D3759e67t79Qde697917r3v3Xuve/de66s&#10;P6D/AG3v3Xvl13Yf09+oOvde9+6911Yf0Hv3Xuu7D+nv3XuurD+g9+6916w/oPfuvdd+/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/&#10;0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W3+Pfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//U3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9lQSwMEFAAGAAgA&#10;AAAhAAbT/GfhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bWmDdWppO&#10;0wScJiQ2JMTNa7y2WpNUTdZ2b485wdH+P/3+nK8n04qBet84qyCeRyDIlk43tlLweXidrUD4gFZj&#10;6ywpuJKHdXF7k2Om3Wg/aNiHSnCJ9RkqqEPoMil9WZNBP3cdWc5OrjcYeOwrqXscudy08iGKEmmw&#10;sXyhxo62NZXn/cUoeBtx3DzGL8PufNpevw+L969dTErd302bZxCBpvAHw68+q0PBTkd3sdqLVsEs&#10;fUoY5WC5BMFAmqQpiCMvFqsIZJHL/y8UPwAAAP//AwBQSwMEFAAGAAgAAAAhADedwRi6AAAAIQEA&#10;ABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4Zk&#10;mkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGe&#10;acJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F&#10;/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oaNPCu5V+PdS8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhANr2PfsNAQAAFAIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA+AQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEANfrjoJUDAAAuCAAADgAAAAAAAAAAAAAAAAA9AgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAKAAAAAAAAACEAFmrZsGpCAQBqQgEAFAAAAAAAAAAAAAAAAAD+BQAAZHJzL21lZGlhL2lt&#10;YWdlMS5qcGdQSwECLQAUAAYACAAAACEABtP8Z+EAAAAKAQAADwAAAAAAAAAAAAAAAACaSAEAZHJz&#10;L2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAAqEkB&#10;AGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAmUoBAAAA&#10;">
-[...191 lines deleted...]
-                      <w:r w:rsidR="00E516A8">
+            <v:shapetype w14:anchorId="391E7265" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="info segreteria prima pag." o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:145.45pt;margin-top:8.85pt;width:333.9pt;height:41.95pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6V+JSNwIAAGwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w82xlxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZeazbaVgOCilSfHwf6flDWytyFNZVoHM6HKSUCM2hqPQ+p99f15/u&#10;KXGe6YIp0CKnJ+How+Ljh3ljMjGCElQhLMEg2mWNyWnpvcmSxPFS1MwNwAiNRgm2Zh5Vu08KyxqM&#10;XqtklKazpAFbGAtcOIe3j52RLmJ8KQX3z1I64YnKKdbm42njuQtnspizbG+ZKSvel8H+oYqaVRqT&#10;XkI9Ms/IwVZ/hKorbsGB9AMOdQJSVlzEHrCbYfqum23JjIi9IDjOXGBy/y8sfzpuzYslvv0CLRIY&#10;AGmMyxxehn5aaevwj5UStCOEpwtsovWE4+VkNEmnYzRxtE3Ho7vZNIRJrq+Ndf6rgJoEIacWaYlo&#10;sePG+c717BKSOVBVsa6UisrJrZQlR4YMIvEFNJQo5jxe5nQdf322354pTZqczsbTNGbSEOJ1qZTG&#10;4q5NBsm3u5ZUxQ0AOyhOiIuFbmSc4esKi99g5hdmcUawX5x7/4yHVIC5oJcoKcH+/Nt98Efq0EpJ&#10;gzOXU/fjwKzAhr5pJPXzcDIJQxqVyfRuhIq9texuLfpQrwBBGeKGGR7F4O/VWZQW6jdcj2XIiiam&#10;OebOqT+LK99tAq4XF8tldMKxNMxv9NbwEDowEKh5bd+YNT1/Hpl/gvN0suwdjZ1veKlhefAgq8hx&#10;wLlDtYcfRzpOSb9+YWdu9eh1/UgsfgEAAP//AwBQSwMEFAAGAAgAAAAhAPIkQTriAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3Uq0TYhTIQSCSkSFtBJXN16SQGxHttuE&#10;fn2XE9x2d0azb7LVaDp2RB9aZyVMJwIY2srp1tYSdtunmyWwEJXVqnMWJfxggFV+eZGpVLvBvuOx&#10;jDWjEBtSJaGJsU85D1WDRoWJ69GS9um8UZFWX3Pt1UDhpuMzIebcqNbSh0b1+NBg9V0ejISPoXz2&#10;m/X6661/KU6bU1m84mMh5fXVeH8HLOIY/8zwi0/okBPT3h2sDqyTMEtEQlYSFgtgZEhulzTs6SCm&#10;c+B5xv9XyM8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+lfiUjcCAABsBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8iRBOuIAAAAKAQAADwAA&#10;AAAAAAAAAAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="52B11070" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00FA638F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="6DD07DD7" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00FA638F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="7278832F" w14:textId="77777777" w:rsidR="00FA638F" w:rsidRPr="00FA638F" w:rsidRDefault="00FA638F" w:rsidP="00FA638F">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00FA638F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">e-mail </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId4" w:history="1">
+                      <w:r w:rsidRPr="00FA638F">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">, </w:t>
+                        <w:t>segpsico@unica.it</w:t>
                       </w:r>
-                      <w:r w:rsidR="00E516A8">
+                    </w:hyperlink>
+                    <w:r w:rsidRPr="00FA638F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">, </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00FA638F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                        <w:color w:val="0A2F41"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">web: </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId5" w:history="1">
+                      <w:r w:rsidRPr="00FA638F">
                         <w:rPr>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                          <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
+                          <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">sito: </w:t>
+                        <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId5" w:history="1">
-[...36 lines deleted...]
-            </v:group>
+                    </w:hyperlink>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="tight" anchorx="margin"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FF25CBB" w14:textId="77777777" w:rsidR="00D813E5" w:rsidRDefault="00D813E5">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3ED8D9F6" w14:textId="77777777" w:rsidR="00E2730E" w:rsidRDefault="00E2730E" w:rsidP="0067699E">
       <w:r>
         <w:separator/>
       </w:r>
@@ -4606,51 +4471,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="385643761">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="979383188">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1893466964">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cAcL+4G9l84syaYnlbRJLgWDaQyQJZeMW9qey4U4fmOsUYqHLblllMvxAxyZHuddoJcZ9qK4U0oTTu+AV84GKg==" w:salt="FkQAhEZ/BZ+mYJGXz++j2Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="CKMesFuVzACd+LaXUazPd5c7qLnHiUndVonoIhc/16eruxuScMtGaZ51zZLZdMV8m2eecwA76YylMOwaabnQ1Q==" w:salt="jqPx1qvvlMBdHgxVzfHjqw=="/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -4668,50 +4533,51 @@
     <w:rsid w:val="00082CF1"/>
     <w:rsid w:val="00092CC1"/>
     <w:rsid w:val="000A35A8"/>
     <w:rsid w:val="000C16B9"/>
     <w:rsid w:val="000F5A4A"/>
     <w:rsid w:val="00104E6D"/>
     <w:rsid w:val="00105246"/>
     <w:rsid w:val="00110140"/>
     <w:rsid w:val="001110C2"/>
     <w:rsid w:val="00114AC4"/>
     <w:rsid w:val="00145707"/>
     <w:rsid w:val="00173911"/>
     <w:rsid w:val="00177915"/>
     <w:rsid w:val="00186056"/>
     <w:rsid w:val="00193250"/>
     <w:rsid w:val="001A2050"/>
     <w:rsid w:val="001A43B9"/>
     <w:rsid w:val="001A4D60"/>
     <w:rsid w:val="001D24FD"/>
     <w:rsid w:val="001D5ACD"/>
     <w:rsid w:val="001E06F3"/>
     <w:rsid w:val="001E3960"/>
     <w:rsid w:val="001E7641"/>
     <w:rsid w:val="0020058B"/>
     <w:rsid w:val="0020460E"/>
+    <w:rsid w:val="002334D7"/>
     <w:rsid w:val="00250EF3"/>
     <w:rsid w:val="00251585"/>
     <w:rsid w:val="0025361B"/>
     <w:rsid w:val="002634B5"/>
     <w:rsid w:val="002657DA"/>
     <w:rsid w:val="002900D2"/>
     <w:rsid w:val="00293217"/>
     <w:rsid w:val="002A384D"/>
     <w:rsid w:val="002C0A88"/>
     <w:rsid w:val="002D1CB2"/>
     <w:rsid w:val="002E199F"/>
     <w:rsid w:val="002F6918"/>
     <w:rsid w:val="00306C75"/>
     <w:rsid w:val="003108A0"/>
     <w:rsid w:val="003158E0"/>
     <w:rsid w:val="00324834"/>
     <w:rsid w:val="00344843"/>
     <w:rsid w:val="0034576C"/>
     <w:rsid w:val="00364085"/>
     <w:rsid w:val="00365041"/>
     <w:rsid w:val="0036728C"/>
     <w:rsid w:val="00381833"/>
     <w:rsid w:val="0038187A"/>
     <w:rsid w:val="003953F3"/>
     <w:rsid w:val="00395946"/>
@@ -4880,50 +4746,51 @@
     <w:rsid w:val="00E01F96"/>
     <w:rsid w:val="00E24E41"/>
     <w:rsid w:val="00E257CE"/>
     <w:rsid w:val="00E2730E"/>
     <w:rsid w:val="00E3663A"/>
     <w:rsid w:val="00E454F0"/>
     <w:rsid w:val="00E500BB"/>
     <w:rsid w:val="00E516A8"/>
     <w:rsid w:val="00E5575A"/>
     <w:rsid w:val="00E660E6"/>
     <w:rsid w:val="00E96292"/>
     <w:rsid w:val="00E9682B"/>
     <w:rsid w:val="00EA5FD2"/>
     <w:rsid w:val="00EC7F1E"/>
     <w:rsid w:val="00EE7DD5"/>
     <w:rsid w:val="00EF7AD1"/>
     <w:rsid w:val="00F11E55"/>
     <w:rsid w:val="00F15806"/>
     <w:rsid w:val="00F27CE1"/>
     <w:rsid w:val="00F639EF"/>
     <w:rsid w:val="00F6523C"/>
     <w:rsid w:val="00F72256"/>
     <w:rsid w:val="00F876BE"/>
     <w:rsid w:val="00F900D9"/>
     <w:rsid w:val="00F90C64"/>
+    <w:rsid w:val="00FA638F"/>
     <w:rsid w:val="00FB1520"/>
     <w:rsid w:val="00FB3BED"/>
     <w:rsid w:val="00FB4CC1"/>
     <w:rsid w:val="00FC119B"/>
     <w:rsid w:val="00FE505D"/>
     <w:rsid w:val="00FF06A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -5504,55 +5371,55 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E516A8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5798,80 +5665,96 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D08C352-8BAC-4BE2-B347-631859AE971A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1466</Characters>
+  <Pages>2</Pages>
+  <Words>242</Words>
+  <Characters>1489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - Modulo_autorizzazione miss_10_10_2013</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1720</CharactersWithSpaces>
+  <CharactersWithSpaces>1693</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - Modulo_autorizzazione miss_10_10_2013</dc:title>
   <dc:creator>gianmichele.soddu@unica.it</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-10-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PrimoPDF http://www.primopdf.com</vt:lpwstr>