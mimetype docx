--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -1,1754 +1,1489 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E6F854C" w14:textId="2722CEFA" w:rsidR="00AC5029" w:rsidRPr="00AC5029" w:rsidRDefault="00215619" w:rsidP="00AC5029">
+    <w:p w14:paraId="54139DB3" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00215619">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Alla Direttrice del Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEBB8DE" w14:textId="0FD40A54" w:rsidR="00AF2CBF" w:rsidRPr="00EE6E67" w:rsidRDefault="00AF2CBF" w:rsidP="009F398B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-        <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Prof.ssa Elisabetta Gola</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27598AB4" w14:textId="77777777" w:rsidR="00AC5029" w:rsidRPr="00625935" w:rsidRDefault="00AC5029" w:rsidP="00AC5029">
+    <w:p w14:paraId="0F95B3EC" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="312AE9EB" w14:textId="77777777" w:rsidR="00AC5029" w:rsidRPr="00EF5067" w:rsidRDefault="00AC5029" w:rsidP="00AC5029">
+    <w:p w14:paraId="7D241AAE" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C7E582B" w14:textId="77777777" w:rsidR="00F24E03" w:rsidRDefault="00F24E03" w:rsidP="008B1B47">
+    <w:p w14:paraId="6D207D05" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="it-IT"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B20049" w14:textId="42273FCC" w:rsidR="008B1B47" w:rsidRPr="008B1B47" w:rsidRDefault="008B1B47" w:rsidP="008B1B47">
+    <w:p w14:paraId="126913BE" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="it-IT"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1B47">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="it-IT"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> QUOTA ASSOCIATIVA</w:t>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>RICHIESTA RIMBORSO QUOTA ASSOCIATIVA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC1D59A" w14:textId="77777777" w:rsidR="008B1B47" w:rsidRPr="008B1B47" w:rsidRDefault="008B1B47" w:rsidP="008B1B47">
+    <w:p w14:paraId="64271B4A" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D2C29C5" w14:textId="77777777" w:rsidR="008B1B47" w:rsidRPr="008B1B47" w:rsidRDefault="008B1B47" w:rsidP="008B1B47">
+    <w:p w14:paraId="4B4ED9B9" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="624B4694" w14:textId="77777777" w:rsidR="008B1B47" w:rsidRPr="008B1B47" w:rsidRDefault="008B1B47" w:rsidP="008B1B47">
+    <w:p w14:paraId="67CDD924" w14:textId="65EE1BC3" w:rsidR="00EE6E67" w:rsidRPr="009F398B" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="567"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="10065"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1B47">
-[...4 lines deleted...]
-        <w:t>Il sottoscritto………………………………………………….. afferente al Dipartimento di Pedagogia, Psicologia, Filosofia dell’Università degli Studi di Cagliari, con la qualifica di……………………………………. chiede che gli venga rimborsata la quota associativa relativa all’iscrizione ……………………………………..……….………………………………….. per l’anno  ………… L’iscrizione alla quota garantisce i seguenti vantaggi:………………………………………………………………………………………………………………………………………………………………………………………………………………………...</w:t>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>La/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Il sottoscritto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afferente al Dipartimento di Pedagogia, Psicologia, Filosofia dell’Università degli Studi di Cagliari, con la qualifica di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chiede che </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>le/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rimborsata la quota associativa relativa all’iscrizione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>per l’anno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDF77B3" w14:textId="77777777" w:rsidR="008B1B47" w:rsidRPr="008B1B47" w:rsidRDefault="008B1B47" w:rsidP="008B1B47">
+    <w:p w14:paraId="2B036101" w14:textId="6A8BE573" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="10065"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B1B47">
-[...4 lines deleted...]
-        <w:t>La spesa graverà sui fondi………………………..</w:t>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>’iscrizione alla quota garantisce i seguenti vantaggi:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D58FD1C" w14:textId="77777777" w:rsidR="00EF5067" w:rsidRPr="00E10457" w:rsidRDefault="00EF5067" w:rsidP="00EF5067">
+    <w:p w14:paraId="3BAD3230" w14:textId="150441E2" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="10065"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>La spesa graverà sui fondi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6B3892" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29F2DB03" w14:textId="77777777" w:rsidR="00EF5067" w:rsidRPr="00EF5067" w:rsidRDefault="00EF5067" w:rsidP="00EF5067">
+    <w:p w14:paraId="726630C6" w14:textId="0BB62999" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="it-IT"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="2835"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF5067">
-[...4 lines deleted...]
-        <w:t>Cagliari, ………………</w:t>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cagliari, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D14088" w14:textId="77777777" w:rsidR="00AC5029" w:rsidRDefault="00AC5029" w:rsidP="00AC5029">
+    <w:p w14:paraId="5569FFF5" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64A81644" w14:textId="77777777" w:rsidR="00C46053" w:rsidRDefault="00C46053" w:rsidP="00C46053">
+    <w:p w14:paraId="5E8D46B9" w14:textId="66669C02" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="6804"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">                In fede</w:t>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>In fede</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6B0B04" w14:textId="77777777" w:rsidR="00C46053" w:rsidRDefault="00C46053" w:rsidP="00C46053">
+    <w:p w14:paraId="6CDF168C" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689269E6" w14:textId="3D0A67D8" w:rsidR="00C46053" w:rsidRDefault="00C46053" w:rsidP="00C46053">
+    <w:p w14:paraId="4570F5EA" w14:textId="3F5D60DD" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00EE6E67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Sottoscritto con firma digitale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A71344A" w14:textId="1899E5F1" w:rsidR="00EF5067" w:rsidRDefault="00EF5067" w:rsidP="00EF5067">
+    <w:p w14:paraId="1996F1FE" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27F62768" w14:textId="6B3A6F7B" w:rsidR="00C46053" w:rsidRPr="00E95DBF" w:rsidRDefault="00C46053" w:rsidP="00325EF1">
+    <w:p w14:paraId="4ECE6AE6" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="00EE6E67" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D60F97" w14:textId="3BD3B48D" w:rsidR="00325EF1" w:rsidRPr="00E95DBF" w:rsidRDefault="00F24E03" w:rsidP="00325EF1">
+    <w:p w14:paraId="6F1A68A3" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="009F398B" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E95DBF">
-[...154 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>La Direttrice del Dipartimento</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76210F09" w14:textId="77777777" w:rsidR="00325EF1" w:rsidRPr="00E95DBF" w:rsidRDefault="00325EF1" w:rsidP="00325EF1">
+    <w:p w14:paraId="632D3305" w14:textId="77777777" w:rsidR="00EE6E67" w:rsidRPr="009F398B" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Prof.ssa Elisabetta Gola</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A943209" w14:textId="5B532366" w:rsidR="005E44C3" w:rsidRPr="009F398B" w:rsidRDefault="00EE6E67" w:rsidP="009F398B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F398B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Sottoscritto con firma digitale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3250637B" w14:textId="77777777" w:rsidR="005E44C3" w:rsidRPr="009F398B" w:rsidRDefault="005E44C3" w:rsidP="009F398B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D4ABDC9" w14:textId="77777777" w:rsidR="00325EF1" w:rsidRPr="00E95DBF" w:rsidRDefault="00325EF1" w:rsidP="00325EF1">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00E16371" w:rsidRPr="00325EF1" w:rsidSect="00C103A8">
+    <w:sectPr w:rsidR="005E44C3" w:rsidRPr="009F398B" w:rsidSect="00BC6C98">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
-[...3 lines deleted...]
-      <w:pgMar w:top="2268" w:right="1701" w:bottom="1701" w:left="1276" w:header="0" w:footer="28" w:gutter="0"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="851" w:header="0" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="719B70D6" w14:textId="77777777" w:rsidR="00393C21" w:rsidRDefault="00393C21" w:rsidP="0030749D">
+    <w:p w14:paraId="042B10BF" w14:textId="77777777" w:rsidR="007A0388" w:rsidRDefault="007A0388" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C9557E8" w14:textId="77777777" w:rsidR="00393C21" w:rsidRDefault="00393C21" w:rsidP="0030749D">
+    <w:p w14:paraId="1D2FE79E" w14:textId="77777777" w:rsidR="007A0388" w:rsidRDefault="007A0388" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...31 lines deleted...]
-  <w:p w14:paraId="4D96D005" w14:textId="77777777" w:rsidR="00E31376" w:rsidRDefault="00E31376">
+  <w:p w14:paraId="009203C1" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0226326F" w14:textId="08F10C27" w:rsidR="00B63278" w:rsidRDefault="00E31376" w:rsidP="008C5C09">
+  <w:p w14:paraId="20676B2C" w14:textId="77777777" w:rsidR="005D213B" w:rsidRPr="00DC491A" w:rsidRDefault="005D213B" w:rsidP="005D213B">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
-      <w:ind w:right="-1694"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6EFA5BDE" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="005D213B" w:rsidRDefault="005E44C3" w:rsidP="00CF4EEE">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005D213B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BEA6B" wp14:editId="059866C4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1689FB15" wp14:editId="46721A76">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:align>right</wp:align>
+                <wp:posOffset>1930400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-740789</wp:posOffset>
+                <wp:posOffset>-351155</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4136065" cy="579120"/>
-[...2 lines deleted...]
-              <wp:docPr id="1" name="Casella di testo 1"/>
+              <wp:extent cx="4240530" cy="532765"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="20853"/>
+                  <wp:lineTo x="21542" y="20853"/>
+                  <wp:lineTo x="21542" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="622400102" name="info segreteria prima pag."/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4136065" cy="579120"/>
+                        <a:ext cx="4240530" cy="532765"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2451007C" w14:textId="6C5A53EE" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
+                        <w:p w14:paraId="67063DCE" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
                           <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00EE6E67">
                             <w:rPr>
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Segretario Amministrativo: </w:t>
+                            <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
                           </w:r>
-                          <w:r w:rsidR="00C46053">
+                        </w:p>
+                        <w:p w14:paraId="757DE737" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Rag. Sandro Deiana</w:t>
-[...1 lines deleted...]
-                          <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EE6E67">
                             <w:rPr>
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> – Via</w:t>
+                            <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
                           </w:r>
-                          <w:r w:rsidR="00AC4E14">
+                        </w:p>
+                        <w:p w14:paraId="7A1C31F2" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EE6E67">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
-[...95 lines deleted...]
-                            <w:t xml:space="preserve">il </w:t>
+                            <w:t xml:space="preserve">e-mail </w:t>
                           </w:r>
                           <w:hyperlink r:id="rId1" w:history="1">
-                            <w:r w:rsidR="00C46053">
+                            <w:r w:rsidRPr="009559CC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri"/>
-                                <w:color w:val="0563C1"/>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:sz w:val="18"/>
-                                <w:u w:val="single"/>
+                                <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>segpsico@unica.it</w:t>
                             </w:r>
                           </w:hyperlink>
-                          <w:r w:rsidR="00C46053">
+                          <w:r w:rsidRPr="00EE6E67">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri"/>
-[...21 lines deleted...]
-                              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                          </w:pPr>
+                            <w:t xml:space="preserve">, </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00EE6E67">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="1F3864"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">web: </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="009559CC">
+                              <w:rPr>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                            </w:r>
+                          </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="226BEA6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="1689FB15" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Casella di testo 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:274.45pt;margin-top:-58.35pt;width:325.65pt;height:45.6pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSEyR1LgIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X2ynSbpacaosVaZJ&#10;VVspnfpMMMSWMJcBiZ39+l2w87FuT9Ne8IV7uR/nHDy/7xpFDsK6GnRBs1FKidAcylrvCvr9df3p&#10;MyXOM10yBVoU9CgcvV98/DBvTS7GUIEqhSWYRLu8NQWtvDd5kjheiYa5ERih0SnBNszj1u6S0rIW&#10;szcqGafpLGnBlsYCF87h6UPvpIuYX0rB/bOUTniiCoq9+bjauG7DmizmLN9ZZqqaD22wf+iiYbXG&#10;oudUD8wzsrf1H6mamltwIP2IQ5OAlDUXcQacJkvfTbOpmBFxFgTHmTNM7v+l5U+HjXmxxHdfoEMC&#10;AyCtcbnDwzBPJ20TvtgpQT9CeDzDJjpPOB5OsptZOptSwtE3vb3LxhHX5HLbWOe/CmhIMApqkZaI&#10;Fjs8Oo8VMfQUEoo5UHW5rpWKmyAFsVKWHBiSqHzsEW/8FqU0aQs6u5mmMbGGcL3PrDQWuMwULN9t&#10;u2HQLZRHnN9CLw1n+LrGJh+Z8y/MohZwZNS3f8ZFKsAiMFiUVGB//u08xCNF6KWkRW0V1P3YMyso&#10;Ud80kneXTSZBjHEzmd4iXsRee7bXHr1vVoCTZ/iSDI9miPfqZEoLzRs+g2Woii6mOdYuqD+ZK98r&#10;Hp8RF8tlDEL5GeYf9cbwkDogHSh47d6YNQNPHhl+gpMKWf6Orj423NSw3HuQdeQyANyjOuCO0o0U&#10;D88svI3rfYy6/AwWvwAAAP//AwBQSwMEFAAGAAgAAAAhAMvJHOfhAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0tPhEAQhO8m/odJm3gxuwNLYA0ybIzxkXjbxUe8zTItEJkewswC/nvbkx6rq1P1&#10;VbFbbC8mHH3nSEG8jkAg1c501Ch4qR5W1yB80GR07wgVfKOHXXl+VujcuJn2OB1CIziEfK4VtCEM&#10;uZS+btFqv3YDEnufbrQ6sBwbaUY9c7jt5SaKMml1R9zQ6gHvWqy/Dier4OOqeX/2y+PrnKTJcP80&#10;Vds3Uyl1ebHc3oAIuIS/Z/jFZ3QomenoTmS86BXwkKBgFcfZFgT7WRonII582qQpyLKQ/xeUPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCSEyR1LgIAAFQEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDLyRzn4QAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="info segreteria prima pag." o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:152pt;margin-top:-27.65pt;width:333.9pt;height:41.95pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq+CnkKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w82xlxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZeazbadhFJkXq4+uj5w9trchRWFeBzulwkFIiNIei0vucfn9df7qn&#10;xHmmC6ZAi5yehKMPi48f5o3JxAhKUIWwBEG0yxqT09J7kyWJ46WomRuAERqNEmzNPKp2nxSWNYhe&#10;q2SUprOkAVsYC1w4h7ePnZEuIr6UgvtnKZ3wROUUc/PxtPHchTNZzFm2t8yUFe/TYP+QRc0qjUEv&#10;UI/MM3Kw1R9QdcUtOJB+wKFOQMqKi1gDVjNM31WzLZkRsRZsjjOXNrn/B8ufjlvzYolvv0CLAwwN&#10;aYzLHF6Gelpp6/DFTAnasYWnS9tE6wnHy8lokk7HaOJom45Hd7NpgEmur411/quAmgQhpxbHErvF&#10;jhvnO9ezSwjmQFXFulIqKoEKYqUsOTIcovIxRwT/zUtp0uR0Np6mEVhDeN4hK425XGsKkm93bV/o&#10;DooT1m+ho4YzfF1hkhvm/AuzyAWsC/ntn/GQCjAI9BIlJdiff7sP/jgitFLSILdy6n4cmBWUqG8a&#10;h/d5OJkEMkZlMr0boWJvLbtbiz7UK8DKh7hJhkcx+Ht1FqWF+g3XYBmioolpjrFz6s/iyneMxzXi&#10;YrmMTkg/w/xGbw0P0KHTYQSv7Ruzpp+Txwk/wZmFLHs3rs43vNSwPHiQVZxlaHDX1b7vSN3Ihn7N&#10;wm7c6tHr+jNY/AIAAP//AwBQSwMEFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SGxQ67QhbQmZVAjxkNjRtCB2bmySiHgcxW4S/p5hBcvRXN17Trad&#10;bCsG0/vGEcJiHoEwVDrdUIWwLx5nGxA+KNKqdWQQvo2HbX5+lqlUu5FezbALleAS8qlCqEPoUil9&#10;WRur/Nx1hvj36XqrAp99JXWvRi63rVxG0Upa1RAv1Koz97Upv3Yni/BxVb2/+OnpMMZJ3D08D8X6&#10;TReIlxfT3S2IYKbwF4ZffEaHnJmO7kTaixYhjq7ZJSDMkiQGwYmb9YJljgjLzQpknsn/CvkPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKr4KeQrAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="2451007C" w14:textId="6C5A53EE" w:rsidR="00BD5510" w:rsidRDefault="009E03DC">
+                  <w:p w14:paraId="67063DCE" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
                     <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
-                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00EE6E67">
                       <w:rPr>
-                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Segretario Amministrativo: </w:t>
+                      <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
                     </w:r>
-                    <w:r w:rsidR="00C46053">
+                  </w:p>
+                  <w:p w14:paraId="757DE737" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
-                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Rag. Sandro Deiana</w:t>
-[...1 lines deleted...]
-                    <w:r w:rsidR="00E31376" w:rsidRPr="00CF183E">
+                    </w:pPr>
+                    <w:r w:rsidRPr="00EE6E67">
                       <w:rPr>
-                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> – Via</w:t>
+                      <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
                     </w:r>
-                    <w:r w:rsidR="00AC4E14">
+                  </w:p>
+                  <w:p w14:paraId="7A1C31F2" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00EE6E67" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
-                        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00EE6E67">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> </w:t>
-[...133 lines deleted...]
-                      <w:t xml:space="preserve"> </w:t>
+                      <w:t xml:space="preserve">e-mail </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId3" w:history="1">
-                      <w:r w:rsidR="00C46053">
+                      <w:r w:rsidRPr="009559CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri"/>
-                          <w:color w:val="0563C1"/>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="18"/>
-                          <w:u w:val="single"/>
+                          <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>segpsico@unica.it</w:t>
                       </w:r>
                     </w:hyperlink>
-                    <w:r w:rsidR="00C46053">
+                    <w:r w:rsidRPr="00EE6E67">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri"/>
-                        <w:color w:val="0563C1"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
                         <w:sz w:val="18"/>
-                        <w:u w:val="single"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">  </w:t>
+                      <w:t xml:space="preserve">, </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00EE6E67">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="1F3864"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">web: </w:t>
                     </w:r>
                     <w:hyperlink r:id="rId4" w:history="1">
-                      <w:r w:rsidR="00C46053">
+                      <w:r w:rsidRPr="009559CC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri"/>
-                          <w:color w:val="0563C1"/>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="18"/>
-                          <w:u w:val="single"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t>https://www.unica.it/unica/it/dip_pedapsicofilo.page</w:t>
+                        <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
-                  <w:p w14:paraId="58FEF00E" w14:textId="5157BEF6" w:rsidR="00E31376" w:rsidRPr="00334CD1" w:rsidRDefault="00E31376">
-[...7 lines deleted...]
-                  </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap anchorx="margin"/>
+              <w10:wrap type="tight" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="002167FB">
+    <w:r w:rsidRPr="005D213B">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F80E56" wp14:editId="6A21000F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226E05CC" wp14:editId="71E13048">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-809895</wp:posOffset>
+            <wp:posOffset>-532765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>9859224</wp:posOffset>
+            <wp:posOffset>9872345</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2444115" cy="814705"/>
-[...2 lines deleted...]
-          <wp:docPr id="8" name="Immagine 8"/>
+          <wp:extent cx="2444115" cy="813435"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21246"/>
+              <wp:lineTo x="21381" y="21246"/>
+              <wp:lineTo x="21381" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="290935927" name="logo UNICA piede prima pag."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="11" name="Immagine 11"/>
+                  <pic:cNvPr id="912638076" name="logo UNICA piede prima pag."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId5">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="67711"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2444115" cy="814705"/>
+                    <a:ext cx="2444115" cy="813435"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
-    </w:r>
-[...1 lines deleted...]
-      <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A24067" w14:textId="77777777" w:rsidR="00393C21" w:rsidRDefault="00393C21" w:rsidP="0030749D">
+    <w:p w14:paraId="25476287" w14:textId="77777777" w:rsidR="007A0388" w:rsidRDefault="007A0388" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F2367DB" w14:textId="77777777" w:rsidR="00393C21" w:rsidRDefault="00393C21" w:rsidP="0030749D">
+    <w:p w14:paraId="71B9D200" w14:textId="77777777" w:rsidR="007A0388" w:rsidRDefault="007A0388" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D36BEFE" w14:textId="3749DDB2" w:rsidR="0030749D" w:rsidRDefault="00000000">
+  <w:p w14:paraId="06EE06BD" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
-    <w:r>
-[...28 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7AC6553D" w14:textId="64BB461F" w:rsidR="0030749D" w:rsidRPr="002F0D7B" w:rsidRDefault="00B60B01" w:rsidP="00E16371">
+  <w:p w14:paraId="340E8152" w14:textId="77777777" w:rsidR="009559CC" w:rsidRPr="00DC491A" w:rsidRDefault="00BC6C98">
     <w:pPr>
-      <w:ind w:left="-1276" w:right="-1694"/>
+      <w:pStyle w:val="Intestazione"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC491A">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E16F42A" wp14:editId="1C6056DE">
-[...2 lines deleted...]
-          <wp:docPr id="2" name="Immagine 2"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43DF57DF" wp14:editId="6A3ACE2A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-530860</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>9525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7555865" cy="1346200"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="6350"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21396"/>
+              <wp:lineTo x="21566" y="21396"/>
+              <wp:lineTo x="21566" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1287656178" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="6" name="Immagine 6"/>
+                  <pic:cNvPr id="10927073" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect b="87395"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7588800" cy="1353600"/>
+                    <a:ext cx="7555865" cy="1346200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="220AE5CB" w14:textId="7632A373" w:rsidR="00E1483E" w:rsidRDefault="00363FAB" w:rsidP="00363FAB">
+  <w:p w14:paraId="70DBE6DC" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009B0D78" w:rsidRDefault="00635905" w:rsidP="00635905">
     <w:pPr>
-      <w:pStyle w:val="Intestazione"/>
-      <w:ind w:left="-1276" w:firstLine="1985"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="851"/>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00EE6E67">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
-        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3261C6AE" wp14:editId="0F885060">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D041E63" wp14:editId="520EA2D7">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-810105</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-532765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>12700</wp:posOffset>
+            <wp:posOffset>10795</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7776534" cy="1230630"/>
-[...2 lines deleted...]
-          <wp:docPr id="1288720930" name="Immagine 3"/>
+          <wp:extent cx="7552800" cy="1195200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21348"/>
+              <wp:lineTo x="21520" y="21348"/>
+              <wp:lineTo x="21520" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="73171930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1288720930" name="Immagine 3"/>
+                  <pic:cNvPr id="1288720930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7776534" cy="1230630"/>
+                    <a:ext cx="7552800" cy="1195200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00FB7E66">
+    <w:r w:rsidRPr="009B0D78">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Dipartimento d</w:t>
-[...9 lines deleted...]
-      <w:t>i Pedagogia, Psicologia, Filosofia</w:t>
+      <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="46201D2A" w14:textId="633B271B" w:rsidR="00BC10C0" w:rsidRPr="00BC10C0" w:rsidRDefault="00FB7E66" w:rsidP="00363FAB">
+  <w:p w14:paraId="3F348620" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00635905" w:rsidRDefault="00635905" w:rsidP="00635905">
     <w:pPr>
-      <w:pStyle w:val="Intestazione"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:ind w:left="851"/>
       <w:rPr>
-        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Dirett</w:t>
+      <w:t>Direttrice: Prof.ssa Elisabetta Gola</w:t>
     </w:r>
-    <w:r w:rsidR="00C46053">
-[...57 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0030749D"/>
-[...197 lines deleted...]
-    <w:rsid w:val="00FD0B24"/>
+    <w:rsidRoot w:val="00EE6E67"/>
+    <w:rsid w:val="00153C69"/>
+    <w:rsid w:val="002A647D"/>
+    <w:rsid w:val="004A344F"/>
+    <w:rsid w:val="00513D3F"/>
+    <w:rsid w:val="00513FD3"/>
+    <w:rsid w:val="00515E40"/>
+    <w:rsid w:val="005B7ADC"/>
+    <w:rsid w:val="005D213B"/>
+    <w:rsid w:val="005E44C3"/>
+    <w:rsid w:val="00635905"/>
+    <w:rsid w:val="007A0388"/>
+    <w:rsid w:val="009559CC"/>
+    <w:rsid w:val="009E361F"/>
+    <w:rsid w:val="009F398B"/>
+    <w:rsid w:val="00AF2CBF"/>
+    <w:rsid w:val="00B217FB"/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rsid w:val="00CF4EEE"/>
+    <w:rsid w:val="00D5753F"/>
+    <w:rsid w:val="00DB2FFA"/>
+    <w:rsid w:val="00DC491A"/>
+    <w:rsid w:val="00E65E90"/>
+    <w:rsid w:val="00EE6E67"/>
+    <w:rsid w:val="00F5259A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5B490D34"/>
+  <w14:docId w14:val="410CAF22"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7E0DF9E5-9B01-8642-AC75-6D1707BF5F8E}"/>
+  <w15:docId w15:val="{26A61236-7D87-4666-986D-4823581FEEBA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2095,473 +1830,700 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo1Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00AA2D86"/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo2Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo3Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo4Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo5Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo6Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo7Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo8Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo9Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Intestazione">
-[...105 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
     <w:name w:val="Titolo 1 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00AA2D86"/>
+    <w:rsid w:val="00635905"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2Carattere">
+    <w:name w:val="Titolo 2 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo3Carattere">
+    <w:name w:val="Titolo 3 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
-    <w:uiPriority w:val="99"/>
-[...8 lines deleted...]
-    <w:name w:val="Unresolved Mention"/>
+    <w:link w:val="Titolo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo4Carattere">
+    <w:name w:val="Titolo 4 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Titolo4"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo5Carattere">
+    <w:name w:val="Titolo 5 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo6Carattere">
+    <w:name w:val="Titolo 6 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo7Carattere">
+    <w:name w:val="Titolo 7 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo8Carattere">
+    <w:name w:val="Titolo 8 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo9Carattere">
+    <w:name w:val="Titolo 9 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="TitoloCarattere"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
+    <w:name w:val="Titolo Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sottotitolo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="SottotitoloCarattere"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00D3762E"/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SottotitoloCarattere">
     <w:name w:val="Sottotitolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Sottotitolo"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00D3762E"/>
-[...1 lines deleted...]
-      <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazione">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneCarattere"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneCarattere">
+    <w:name w:val="Citazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazione"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Enfasiintensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazioneintensa">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneintensaCarattere"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneintensaCarattere">
+    <w:name w:val="Citazione intensa Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazioneintensa"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Riferimentointenso">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...18 lines deleted...]
-    <w:name w:val="primo capoverso"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
-    <w:qFormat/>
-    <w:rsid w:val="000A1416"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-      <w:rFonts w:cstheme="minorHAnsi"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Intestazione"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00635905"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pidipagina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00635905"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentovisitato">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00334CD1"/>
-[...1 lines deleted...]
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...37 lines deleted...]
-      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...52 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\WoOz\OneDrive%20-%20Universit&#224;%20di%20Cagliari\Documenti\PUB\moduli%20HR%20EG%20FN\_modello_HR_EG_FN.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2569,51 +2531,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2680,65 +2642,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2760,113 +2722,119 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
-    <a:txDef>
-[...8 lines deleted...]
-      <a:bodyPr wrap="square" rtlCol="0"/>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
       <a:lstStyle/>
-    </a:txDef>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{959F7D1B-24F7-8541-BDBE-EE79C44FFFE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09AACA82-4AE5-41EF-9A56-ECB5AA582CFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>_modello_HR_EG_FN.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>108</Words>
-  <Characters>617</Characters>
+  <Words>94</Words>
+  <Characters>541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>724</CharactersWithSpaces>
+  <CharactersWithSpaces>634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Gabriele Peri</dc:creator>
+  <dc:creator>WoOz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>