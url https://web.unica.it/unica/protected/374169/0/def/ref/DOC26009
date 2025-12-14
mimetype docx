--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -1,1983 +1,1221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="031F43DC" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="5F42E18F" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="617B10EF" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="692A15DB" w14:textId="1C00A190" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al Direttore del Dipartimento di </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1255A312" w14:textId="2AEAF148" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pedagogia, Psicologia, Filosofia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5DB656" w14:textId="77777777" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEDE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78290869" w14:textId="77777777" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49457BA4" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="54CA0EFC" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09A512C1" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="009D58F0" w:rsidRDefault="00931921" w:rsidP="00931921"/>
-[...2 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="73CD558D" w14:textId="3B1FFA17" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cagliari, _________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CC7FFE" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="3FCF68AD" w14:textId="77777777" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...103 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DDA641B" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="12EF85D9" w14:textId="34200657" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Oggetto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: Autocertificazione partecipazione a conferenza dal titolo _______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EE96E0" w14:textId="63FEA580" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E3F1FCC" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="211EB5F7" w14:textId="1D44FB66" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...7 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>La/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Il sottoscritt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o _____________________ dichiara che in occasione della missione effettuata a ________________________ dal _________ al ____________________ ha partecipato alla conferenza / seminario / convegno dal titolo ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>che si è tenuta press</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32378D1D" w14:textId="77777777" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36B3B398" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="182D56D9" w14:textId="77777777" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:pStyle w:val="Universit-dataeindirizzo"/>
-[...8 lines deleted...]
-          <w:lang w:val="it-IT"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C7384">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Cagliari, _________________ </w:t>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In fede </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FDA9EF" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
+    <w:p w14:paraId="1E6976FC" w14:textId="38EACECF" w:rsidR="001E678D" w:rsidRPr="001E678D" w:rsidRDefault="001E678D" w:rsidP="001E678D">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Prof.ssa/Prof.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACEE809" w14:textId="2F40CCD4" w:rsidR="005E44C3" w:rsidRDefault="001E678D" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>firmato digitalmente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E678D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA88C32" w14:textId="77777777" w:rsidR="005E44C3" w:rsidRPr="005D213B" w:rsidRDefault="005E44C3" w:rsidP="001E678D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6CF5E3" w14:textId="77777777" w:rsidR="00931921" w:rsidRPr="004C7384" w:rsidRDefault="00931921" w:rsidP="00931921">
-[...282 lines deleted...]
-    <w:sectPr w:rsidR="00CE5628" w:rsidRPr="00931921" w:rsidSect="0034576C">
+    <w:sectPr w:rsidR="005E44C3" w:rsidRPr="005D213B" w:rsidSect="00BC6C98">
+      <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
-[...3 lines deleted...]
-      <w:cols w:space="720"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="851" w:header="0" w:footer="680" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="752DDB10" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="0067699E">
+    <w:p w14:paraId="3ABB342E" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="774045CE" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="0067699E">
+    <w:p w14:paraId="7AAE91C0" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3D95EE98" w14:textId="77777777" w:rsidR="008F496B" w:rsidRDefault="008F496B">
+  <w:p w14:paraId="6D0482E3" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
-    <w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E31F07E" w14:textId="77777777" w:rsidR="005D213B" w:rsidRPr="00DC491A" w:rsidRDefault="005D213B" w:rsidP="005D213B">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="390DB972" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="005D213B" w:rsidRDefault="005E44C3" w:rsidP="00CF4EEE">
+    <w:pPr>
+      <w:pStyle w:val="Pidipagina"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005D213B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wpg">
+        <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="223C7F9B" wp14:editId="05F82F49">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43AC3D86" wp14:editId="41C11831">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-597129</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>1930400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>110565</wp:posOffset>
+                <wp:posOffset>-351155</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6762120" cy="887858"/>
-[...2 lines deleted...]
-              <wp:docPr id="359525905" name="Gruppo 4"/>
+              <wp:extent cx="4240530" cy="532765"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+              <wp:wrapTight wrapText="bothSides">
+                <wp:wrapPolygon edited="0">
+                  <wp:start x="0" y="0"/>
+                  <wp:lineTo x="0" y="20853"/>
+                  <wp:lineTo x="21542" y="20853"/>
+                  <wp:lineTo x="21542" y="0"/>
+                  <wp:lineTo x="0" y="0"/>
+                </wp:wrapPolygon>
+              </wp:wrapTight>
+              <wp:docPr id="622400102" name="info segreteria prima pag."/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
-[...2 lines deleted...]
-                    <wpg:grpSpPr>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6762120" cy="887858"/>
-[...1 lines deleted...]
-                        <a:chExt cx="6762120" cy="887858"/>
+                        <a:ext cx="4240530" cy="532765"/>
                       </a:xfrm>
-                    </wpg:grpSpPr>
-[...205 lines deleted...]
-                            <w:r w:rsidR="00E516A8">
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="35A06B06" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="66369799" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="5762C14A" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">e-mail </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId1" w:history="1">
+                            <w:r w:rsidRPr="009559CC">
                               <w:rPr>
                                 <w:rStyle w:val="Collegamentoipertestuale"/>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="16"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">, </w:t>
+                              <w:t>segpsico@unica.it</w:t>
                             </w:r>
-                            <w:r w:rsidR="00E516A8">
+                          </w:hyperlink>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">, </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="009559CC">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-GB"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">web: </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="009559CC">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                                <w:szCs w:val="16"/>
+                                <w:rStyle w:val="Collegamentoipertestuale"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">sito: </w:t>
+                              <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId2" w:history="1">
-[...56 lines deleted...]
-                  </wpg:wgp>
+                          </w:hyperlink>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="223C7F9B" id="Gruppo 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-47pt;margin-top:8.7pt;width:532.45pt;height:69.9pt;z-index:251661312;mso-height-relative:margin" coordorigin=",-6291" coordsize="67621,8878" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDOvwEPmwMAAEEIAAAOAAAAZHJzL2Uyb0RvYy54bWykVd9v0zAQfkfi&#10;f7DyvqVJk6aN1qLSsWnSgImB9uw6TmPhX9hu0/HXc3aSdR0VoPHQ1Oc7n+++u/t88W4vONpRY5mS&#10;8yg5H0WISqIqJjfz6NvXq7NphKzDssJcSTqPHqmN3i3evrlodUlT1SheUYPAibRlq+dR45wu49iS&#10;hgpsz5WmEpS1MgI7EM0mrgxuwbvgcToaTeJWmUobRai1sHvZKaNF8F/XlLjPdW2pQ3weQWwufE34&#10;rv03XlzgcmOwbhjpw8CviEJgJuHSJ1eX2GG0New3V4IRo6yq3TlRIlZ1zQgNOUA2yehFNtdGbXXI&#10;ZVO2G/0EE0D7AqdXuyWfdtdG3+s7A0i0egNYBMnnsq+N8P8QJdoHyB6fIKN7hwhsTopJmqSALAHd&#10;dFpM82mHKWkA+MOxs0k6S0b5oPvw5+PxcHl8FFKroUnsAQf7fzjcN1jTAK8tAYc7g1gFPTwbjdNx&#10;AeFGSGIBPbvClnKOUcWQo9Yp9MwkoBaOewyR279XgEri8/TRWtg8AWWa5aOsANQAtCNkBlizcZJM&#10;8h7WPJmNi5l3+YQLLrWx7poqgfxiHhno9NCAeHdrXWc6mPgArOKsumKcB8FPF11xg3YY5oK7EC84&#10;P7LiErVQ4DGE4Q9J5Y93nrmEWA75+ZXbr/d90mtVPQIWRnXTZjW5YhDkLbbuDhsYL8gLKMN9hk/N&#10;FVyi+lWEGmV+ntr39lBt0EaohXGdR/bHFhsaIX4joQ9mSZaBWxeELC98S5rnmvVzjdyKlYLMocQQ&#10;XVh6e8eHZW2UeABmWfpbQYUlgbvnkRuWK9eRCDAToctlMIKJ1tjdyntNvGsPmi/B1/0DNrqvk4MK&#10;f1JD5+HyRbk62w7u5dapmoVaeoA7VHvcYQoWF5qREn49LcDqt3H4O33CKbf1MHYULP7Jh8Dm+1af&#10;dfmyNePMPQY2hpx9UHJ3x4hvfC8cJmsyK7K0SCazYbBuhMAbJikqfHMPxt1RwI6RW0W+WyTVqsFy&#10;Q5dWQ5f30xUfmwfx6N41Z9p3rO/DB+aagPlQF6/sU4Y6viDTE6h1RH2pyFZQ6bqXx1COHTx7tmHa&#10;QveUVKxpBaN4U4V5gnEy5AtEjOCKSVEkw64z1JHGT5LPYYizA8ATBlq3H1UFxIOhA0IbnWTiszzP&#10;Z3naUepAHGmWZUmS93ycAMkEzn09cfhRPzH8PvKO3EISIIbODO8UrI4ewudysDq8/ItfAAAA//8D&#10;AFBLAwQKAAAAAAAAACEAFmrZsGpCAQBqQgEAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4QSV&#10;RXhpZgAATU0AKgAAAAgADAEAAAMAAAABCbAAAAEBAAMAAAABDbQAAAECAAMAAAADAAAAngEGAAMA&#10;AAABAAIAAAESAAMAAAABAAEAAAEVAAMAAAABAAMAAAEaAAUAAAABAAAApAEbAAUAAAABAAAArAEo&#10;AAMAAAABAAIAAAExAAIAAAAhAAAAtAEyAAIAAAAUAAAA1YdpAAQAAAABAAAA7AAAASQACAAIAAgA&#10;LcbAAAAnEAAtxsAAACcQQWRvYmUgUGhvdG9zaG9wIDIzLjAgKE1hY2ludG9zaCkAMjAyMToxMTox&#10;NSAxNDo1MToyNwAAAAAABJAAAAcAAAAEMDIzMaABAAMAAAAB//8AAKACAAQAAAABAAAJsKADAAQA&#10;AAABAAABDQAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAAAAEAAAFyARsABQAAAAEAAAF6ASgAAwAA&#10;AAEAAgAAAgEABAAAAAEAAAGCAgIABAAAAAEAAAMLAAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxB&#10;ZG9iZV9DTQAB/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMT&#10;GBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4O&#10;DhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAEQCdAwEi&#10;AAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEA&#10;AAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGh&#10;sUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0&#10;lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhED&#10;ITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2&#10;dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQAC&#10;EQMRAD8A9VVTKozbXuFNvp1vZt3Aw5rotG5nse33epX/ANsq2kkpxs3B67Zfi3VXMfXS+x9tHq2Y&#10;7XOLmnHtdZTVkPtrrrbZXZgWfoLPX/nv0FSl03B6zR0ZmH1LIGZmMeQ7KYSC9jnbw57f0Wx1bX+n&#10;s3/4Na6SPEarRFOU7Fytpip276M79D/L91x27VqNkAAmTGp4TpJE2lSSSSClJJJJKUkkkkpSSSSS&#10;lJJJJKUkkkkpSSSSSn//0PVUl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkk&#10;p+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKf/2f/tDO5QaG90b3Nob3AgMy4wADhCSU0EBAAA&#10;AAAADxwBWgADGyVHHAIAAAIAAAA4QklNBCUAAAAAABDNz/p9qMe+CQVwdq6vBcNOOEJJTQQ6AAAA&#10;AAGsAAAAEAAAAAEAAAAAAAtwcmludE91dHB1dAAAAAYAAAAAQ2xyU2VudW0AAAAAQ2xyUwAAAABS&#10;R0JDAAAAAE5tICBURVhUAAAAOgBBAEMARQBTACAAQQBjAGEAZABlAG0AeQAgAEMAbwBsAG8AcgAg&#10;AEUAbgBjAG8AZABpAG4AZwAgAFMAcABlAGMAaQBmAGkAYwBhAHQAaQBvAG4AIABTAE0AUABUAEUA&#10;IABTAFQAIAAyADAANgA1AC0AMQAAAAAAAEludGVlbnVtAAAAAEludGUAAAAAQUNscgAAAA9wcmlu&#10;dFNpeHRlZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQAAAAZAEIAcgBvAHQAaABlAHIAIABI&#10;AEwALQAzADEANAAwAEMAVwAgAHMAZQByAGkAZQBzAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAA&#10;AA4ASQBtAHAAbwBzAHQAYQAgAHAAcgBvAHYAYQAAAAAACnByb29mU2V0dXAAAAABAAAAAEJsdG5l&#10;bnVtAAAADGJ1aWx0aW5Qcm9vZgAAAAlwcm9vZkNNWUs4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAA&#10;EnByaW50T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NN&#10;Ym9vbAAAAAAAQ3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wA&#10;AAAAAEVtbERib29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMA&#10;AAAAUmQgIGRvdWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAA&#10;AAAAAAAAQnJkVFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNs&#10;dFVudEYjUHhsQHLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMA&#10;AAAAUGdQQwAAAABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAA&#10;AABTY2wgVW50RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJl&#10;Y3RCb3R0b21sb25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0&#10;bG9uZwAAAAAAAAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABABLAAAAAEAAgEsAAAA&#10;AQACOEJJTQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAAAeOEJJTQQZAAAAAAAE&#10;AAAAHjhCSU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAACOEJJTQP1AAAA&#10;AABIAC9mZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAAB&#10;ADUAAAABAC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gA&#10;AAAA/////////////////////////////wPoAAAAAP////////////////////////////8D6AAA&#10;AAD/////////////////////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4&#10;QklNBB4AAAAAAAQAAAAAOEJJTQQaAAAAAANVAAAABgAAAAAAAAAAAAABDQAACbAAAAAQAHAAaQBl&#10;ACAAcABhAGcAaQBuAGEAIABwAHIAaQBtAGEAAAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAA&#10;AAAACbAAAAENAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABu&#10;dWxsAAAAAgAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAA&#10;AABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAENAAAAAFJnaHRsb25nAAAJsAAAAAZzbGljZXNW&#10;bExzAAAAAU9iamMAAAABAAAAAAAFc2xpY2UAAAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91&#10;cElEbG9uZwAAAAAAAAAGb3JpZ2luZW51bQAAAAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRl&#10;ZAAAAABUeXBlZW51bQAAAApFU2xpY2VUeXBlAAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAA&#10;AABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAAB&#10;DQAAAABSZ2h0bG9uZwAACbAAAAADdXJsVEVYVAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABN&#10;c2dlVEVYVAAAAAEAAAAAAAZhbHRUYWdURVhUAAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEA&#10;AAAIY2VsbFRleHRURVhUAAAAAQAAAAAACWhvcnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWdu&#10;AAAAB2RlZmF1bHQAAAAJdmVydEFsaWduZW51bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVs&#10;dAAAAAtiZ0NvbG9yVHlwZWVudW0AAAARRVNsaWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BP&#10;dXRzZXRsb25nAAAAAAAAAApsZWZ0T3V0c2V0bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAA&#10;AAAAAAALcmlnaHRPdXRzZXRsb25nAAAAAAA4QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBQA&#10;AAAAAAQAAAABOEJJTQQMAAAAAAMnAAAAAQAAAJ0AAAARAAAB2AAAH1gAAAMLABgAAf/Y/+0ADEFk&#10;b2JlX0NNAAH/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMY&#10;EQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4O&#10;FBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAz/wAARCAARAJ0DASIA&#10;AhEBAxEB/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAA&#10;AAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGx&#10;QiMkFVLBYjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSV&#10;xNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMh&#10;MRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0&#10;ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIR&#10;AxEAPwD1VVMqjNte4U2+nW9m3cDDmui0bmex7fd6lf8A2yraSSnGzcHrtl+LdVcx9dL7H20erZjt&#10;c4uace11lNWQ+2uuttldmBZ+gs9f+e/QVKXTcHrNHRmYfUsgZmYx5DsphIL2OdvDnt/RbHVtf6ez&#10;f/g1rpI8RqtEU5TsXK2mKnbvozv0P8v3XHbtWo2QACZManhOkkTaVJJJIKUkkkkpSSSSSlJJJJKU&#10;kkkkpSSSSSlJJJJKf//Q9VSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp+qkl8qpJKfqpJfKqSSn&#10;6qSXyqkkp+qkl8qpJKfqpJfKqSSn6qSXyqkkp//ZADhCSU0EIQAAAAAAVwAAAAEBAAAADwBBAGQA&#10;bwBiAGUAIABQAGgAbwB0AG8AcwBoAG8AcAAAABQAQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABv&#10;AHAAIAAyADAAMgAyAAAAAQA4QklNBAYAAAAAAAcACAAAAAEBAP/hDOlodHRwOi8vbnMuYWRvYmUu&#10;Y29tL3hhcC8xLjAvADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5U&#10;Y3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFk&#10;b2JlIFhNUCBDb3JlIDcuMS1jMDAwIDc5LmRhYmFjYmIsIDIwMjEvMDQvMTQtMDA6Mzk6NDQgICAg&#10;ICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcvMTk5OS8wMi8yMi1y&#10;ZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIiIHhtbG5zOnhtcE1N&#10;PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25z&#10;LmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jlc291cmNlRXZlbnQjIiB4bWxuczpkYz0iaHR0cDov&#10;L3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnBob3Rvc2hvcD0iaHR0cDovL25zLmFk&#10;b2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1sbnM6eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hh&#10;cC8xLjAvIiB4bXBNTTpEb2N1bWVudElEPSIwMkU2Qzk3OTdGMjY5NzQ2MkNBNUU3MDNENkVBQjdG&#10;MiIgeG1wTU06SW5zdGFuY2VJRD0ieG1wLmlpZDpkMDE5ZDBhNS04MWExLTRmZDQtODliZS1jNzBk&#10;OGQ0YmEwMTEiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0iMDJFNkM5Nzk3RjI2OTc0NjJDQTVF&#10;NzAzRDZFQUI3RjIiIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgcGhvdG9zaG9wOkNvbG9yTW9kZT0i&#10;MyIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IkFkb2JlIFJHQiAoMTk5OCkiIHhtcDpDcmVhdGVEYXRl&#10;PSIyMDIxLTExLTE1VDE0OjQ5OjU2KzAxOjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAyMS0xMS0xNVQx&#10;NDo1MToyNyswMTowMCIgeG1wOk1ldGFkYXRhRGF0ZT0iMjAyMS0xMS0xNVQxNDo1MToyNyswMTow&#10;MCI+IDx4bXBNTTpIaXN0b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDphY3Rpb249InNhdmVk&#10;IiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOmQwMTlkMGE1LTgxYTEtNGZkNC04OWJlLWM3MGQ4&#10;ZDRiYTAxMSIgc3RFdnQ6d2hlbj0iMjAyMS0xMS0xNVQxNDo1MToyNyswMTowMCIgc3RFdnQ6c29m&#10;dHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIDIzLjAgKE1hY2ludG9zaCkiIHN0RXZ0OmNoYW5n&#10;ZWQ9Ii8iLz4gPC9yZGY6U2VxPiA8L3htcE1NOkhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8&#10;L3JkZjpSREY+IDwveDp4bXBtZXRhPiAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgIDw/eHBhY2tldCBlbmQ9InciPz7/4gJASUNDX1BST0ZJTEUAAQEA&#10;AAIwQURCRQIQAABtbnRyUkdCIFhZWiAHzwAGAAMAAAAAAABhY3NwQVBQTAAAAABub25lAAAAAAAA&#10;AAAAAAAAAAAAAAAA9tYAAQAAAADTLUFEQkUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAApjcHJ0AAAA/AAAADJkZXNjAAABMAAAAGt3dHB0AAABnAAAABRia3B0&#10;AAABsAAAABRyVFJDAAABxAAAAA5nVFJDAAAB1AAAAA5iVFJDAAAB5AAAAA5yWFlaAAAB9AAAABRn&#10;WFlaAAACCAAAABRiWFlaAAACHAAAABR0ZXh0AAAAAENvcHlyaWdodCAxOTk5IEFkb2JlIFN5c3Rl&#10;bXMgSW5jb3Jwb3JhdGVkAAAAZGVzYwAAAAAAAAARQWRvYmUgUkdCICgxOTk4KQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAWFlaIAAAAAAAAPNRAAEAAAABFsxYWVogAAAAAAAAAAAAAAAAAAAAAGN1cnYA&#10;AAAAAAAAAQIzAABjdXJ2AAAAAAAAAAECMwAAY3VydgAAAAAAAAABAjMAAFhZWiAAAAAAAACcGAAA&#10;T6UAAAT8WFlaIAAAAAAAADSNAACgLAAAD5VYWVogAAAAAAAAJjEAABAvAAC+nP/uAA5BZG9iZQBk&#10;QAAAAAH/2wCEAAEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQECAQEBAQEBAgICAgICAgICAgIC&#10;AgIDAwMDAwMDAwMDAwMDAwMBAQEBAQEBAgEBAgMCAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDA//AABEIAQ0JsAMBEQACEQEDEQH/3QAEATb/xAGiAAAA&#10;BgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAAAAYFBAMHAggBCQAKCxAA&#10;AgEDBAEDAwIDAwMCBgl1AQIDBBEFEgYhBxMiAAgxFEEyIxUJUUIWYSQzF1JxgRhikSVDobHwJjRy&#10;ChnB0TUn4VM2gvGSokRUc0VGN0djKFVWVxqywtLi8mSDdJOEZaOzw9PjKThm83UqOTpISUpYWVpn&#10;aGlqdnd4eXqFhoeIiYqUlZaXmJmapKWmp6ipqrS1tre4ubrExcbHyMnK1NXW19jZ2uTl5ufo6er0&#10;9fb3+Pn6EQACAQMCBAQDBQQEBAYGBW0BAgMRBCESBTEGACITQVEHMmEUcQhCgSORFVKhYhYzCbEk&#10;wdFDcvAX4YI0JZJTGGNE8aKyJjUZVDZFZCcKc4OTRnTC0uLyVWV1VjeEhaOzw9Pj8ykalKS0xNTk&#10;9JWltcXV5fUoR1dmOHaGlqa2xtbm9md3h5ent8fX5/dIWGh4iJiouMjY6Pg5SVlpeYmZqbnJ2en5&#10;KjpKWmp6ipqqusra6vr/2gAMAwEAAhEDEQA/AN/j37r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3XvfuvdV4/Gv+YTtHvn5OfIT4gbp643V0r3v0AYcjNtbeGUw2Th7E2bJXfZvvrY1&#10;ZiiDNjlSoxVUpqI45HgyNLIqn99YRDufL01htVvvEUqzwXOKqCDG1PgcEYOG8yKq2aU6RQXqTTva&#10;upR08j5j5H9n7R1Yd7D3S3r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r/9Df49+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691VF/Oq7s&#10;7W+Pf8vLt/tPpbfGa677CwOe6xp8RuzAPTplKGDL9iY7F5SGBquOVNM1NLJC4KE6WNrGx9ivkmyt&#10;Nx5ihtL2MSxuHqprTEbEcPQj9vRdu0ssFi0sLaWBX/jw/wAnViXTWXyWf6g6pzmYrJcjmM11tsXL&#10;ZXIVBBqK3JZLbFJWV1XOVAGuWV3drAcn6ew3eKEupUTydgPs1HpfGaopPoP8HVUuA+QXc9V/PQ3z&#10;8cKjsTcEnRuN+GmO3/Q9aM9Idu0+8581jKaTcMcYi833BjllXmbTZj6b29i19ushyIm5iIeP9SU8&#10;TNdOknT6U+fRYs8v74MGrs8Oun51HROf52v8wL5PfB/5bfDrKdI7kzVZsZtm7t3z2b1FDHDNt3sn&#10;CbZ3JEueos4RS1VRTquKNX/l8Ck0gAqtN4bg55G5d2zfdovlv1Ak1KschrVCymhGRXup28Dw8+ku&#10;73txZ3ERhOKEstK6vWvpQZ6vj6x+QGwvkV8bMN8hOmtwjK7M3711kt17ZycUlP8AfY2rhx08ddic&#10;pFTSSxwZHFV8M1DkKfyN4aqGWIltN/YCutvudt3NtuvFpJG4Uj88EeqsCCp8wQR5dHEcyTwePEcE&#10;VH+r1HRBv5HPe/b/AMjPgVtzsvvDf2d7J37Vdndn4ao3RuF6V8lPi8LnVpMXSO9JFEmiGP0pZL2+&#10;t/Z/z1YWe28wPa2MYijCIQorSpX8+ke0TSz2KyzNqYluP29Al/Lv7Y+Svyr21/Ng69zveu76fd20&#10;Pkh3D1J0LvWpejkq+oImocnRbNqMHHDFGHgxlYKaoEUwfyLHoYsCR7W8x2u2bVNtNxHbroeCOSVc&#10;0kNQWrnBIxjh5dM2MtxcrcoznUGYKf4eNMfLz6FL+SD8vuzflB8Wd1bU+QOby2Y+R/x07X3d1b2v&#10;Pud6JN4ZCKfIy53bOZ3Fj6FY0p3jElbgUXxqWOKkYlyTIybnnZrba91SXblAtrmNXjpXSMUYKTx8&#10;n/2w6c2m6e4tiJ/jjYhq8fWv7SR+XQcfPD5Jd+7y/ma/BX4F/Grsrc/XlNWNVdz/ACdy+1RRsK/r&#10;Cmrmyf8AdLJZJ0laglOKwOWCeRUEkuUx+li5SORTsO2bfDyvf8wbnEJCP04A1cOeLfMBmX8kbyz1&#10;W8nmbcILO3Yr+JvmvGny+H+fSa/m6dk/K0fL3+Xv8avjT8kt0/HH/ZjaztTb+5Nx4ChocvSGqxAx&#10;VVicnkcTVBWn+3Vp0RI54v8AONc/T25yhbbT+5tx3XdLUXP0wjIBJHHVXIwK/YeqblJc/VQ21vJ4&#10;fiagTSvp69LPrv8Al5fzRdrdg7F3NvD+bhvDfG0tvby2znd07LqOqKWip927cxObgr83tiatTJs0&#10;K19NHLSmUK2gOW0ta3tm55h5Ult3jg2gRuVYK3iElWIOlqUodJNaefV47LcVlVnuSygio0jIHHz6&#10;Rn83Tsn5Wj5e/wAvf41fGn5Jbp+OP+zG1nam39ybjwFDQ5ekNViBiqrE5PI4mqCtP9urToiRzxf5&#10;xrn6e3uULbaf3NuO67pai5+mEZAJI46q5GBX7D1TcpLn6qG2t5PD8TUCaV9PXotfyfi/m2fyrNnb&#10;a+WG4PnLRfMbp3be+9s4XuHqzfex8VtRqjbm4K0YyjehycqZCemjeeTwNW4+rhqYKiSkdqetphPG&#10;pntR5R5rnbZ4bA2czoTHIrFu4CvDFeHBgQRqypoemLj957cv1DzCVQRVSKYPz6sq/mp/P3efxP8A&#10;h/sTsv4/Yuhy3anyN3nsPrTpvIblpaP+FbYquwsFPuOPd+Wx2WmhpXlp6KnMNJDWTeCOsngmqo56&#10;SCohkDPKfL0W77w9tfsVhtlaSUCtWCGmkEAnJ407tIIGSvS/cb02tqJIstIQq14CoJqf2dFHHxN/&#10;n19U/wBzuztofPzq7vnfFTm9vSdj9Lb/ANn4/EdZLR5Grip8/Fg8wcbTyT0FI8r1NR9jDhKw0kLi&#10;g/ygxUkpv+9+QLsyW023SW6ANokRyXr5VFSKkcK61BOcCvSU228x0kSdXY0qpUafyP8Am0/5Ojl/&#10;zpu6u2vj1/Lu7b7T6b33mOvex8Bm+r6bF7u22KeDI0aZXsLG4vLR0yVqzoqVEEssTq4YhGIuTz7J&#10;uSbKz3HmOG1vkEkTh6qa+SMR6cOP29K91mlgsXlhbSwK54/iHTj8hegPmP8AKbqH4r5746fNrcHx&#10;WyuK61GW7Prsds2Dd9R2fk95bY27WYWsrnkqqUU7Y2Skyj8K3kNcT6fHzTbtw2Xa7q6Tc7EXYLgI&#10;NZTw9LPqpQGuqq/Zp+fW7iG6uI4zBKY8ZoK6qgfs4H9vVKOS66/mrY7+Yht34AH+ap2JNlM/0RV9&#10;4Ds1dg4paCmpqbIVNANvf3X+4MjOTSs33H3wFnA0ccjdbjlNuXG5g/dK0Ewi0azWtAdWr0zwp0UG&#10;PcxfCz+pNdOqunHHhTq+j4NfGL5ffHrJdj1fyf8AmznPltRbpoNtU2zqHMbLh2mNj1eKqa2XNVcD&#10;w1dSJ/vkqKZCpVSvgHLauADvu67NuKxDarEWZQtroxbVWmkZAppzw9fl0c2dvdQV+olMtaUqKU61&#10;5t4/zI96Un87pO5jSwf7KPsTvjEfCLK7qqtkbOSmoqjKbcrtk5XJv2bUUTZP7SLPjKbmjipK9Uag&#10;gVPGyy/vSLFyzbtyKLI1+skiN0F1NwBDAaK6alSqdw+Ik+RoStfv+9vF/wBCDCPgPQiur0rnrcs+&#10;v+H0/p7hnoUdd+/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuv/R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdcb8/U/4Dnjj/ffX3rj17roG/8Ar2v9f+I96B/1f6vn17HXP3br3XvfuvdcCbf69r/X/iPd&#10;Sf8AV/q+fXsdd35+p/xHPPH+++nvfDr3XL3vr3XC/wCb/X/kX091qfP/AFfz8s9e+fp14E/k3P8A&#10;tvz/AL373ivy/wAv+ode65+99e697917r3v3XuuF/wDH/ebe9ZP+r/Y695f6v9WeufvfXuve/de6&#10;4X/x/wB5v71kf6v9jr3l/q/1Y65+99e697917r3v3XuigfJf58fD34fwX+RPfuxevco8AqafaUlX&#10;V7j39WU7oskVTSdf7ShrszJC2tbTih8XIu4HPs32vl/ed5b/AHXQNKOBamlB9rsQtflWvy6TT3tr&#10;bf27hf5n9gz/AC6qF3x/wp5+AG3K6fH7U2J8lexPEy+LM4fY2x8Dt+qTzPG5ifde5KPJAhVWQCTG&#10;KCGA1BgyqMIPa/mGVdUkkEfyLsT/AMZQj+fRW/MFkPgV2/ID/CQf5dOGwf8AhTd/Lz3VV09HuvbH&#10;yN6w1mJajK7n6+2vncDT+WRlLrLsTP5XIOqKFZ/9xoPNkVyD71ce1/Mka6oWhl/oq5B/42ij+fW0&#10;5gsm+IMv2gf5Cerg/jj82Pij8uMe9f8AHTvjYHaEsFGuQrcBicpLjN6Yqhcqq1eb2DuKOjzdDGWZ&#10;U11mPiGr0/qBHsGbjsm77O1Nyt3irgMRVSfQOpKH/ano0gure5FYHDfLgfzByP2dGm9lnSjr3v3X&#10;uve/de6rc+VP82b4M/DDtBOm+/8AtbJ7Z7BO2sRu2XC4bYW+d4LRYfOVFRBjTX1+16CqghnkFM8v&#10;20kgkETRSFQkqFhJtPKW/b1afXbdEHi1Fal1XIAqMkVArx9ajy6Q3G5WdrJ4UzUagPAnj9gPRb/+&#10;ghj+Vb/z/Pdn/ole3P8A6z+zL/W85r/5R1/5yR/9BdJv35tv8Z/3lv8AN1YT8Svmh8ePnBsDOdmf&#10;HDe0+9Nqbb3ZV7Jzk9ft/PbXyWO3DSYmjzb002G3JT0tV4npq6B4qgRGKQ61Ry0cgQObvsu47FcL&#10;a7knhu6hhRgwIJIwQSKihqPs9el1rdwXkZkgNQDThTyr506NV7LOlPXvfuvde9+691737r3Xvfuv&#10;de9+691737r3VKn/AAoORm/lY97lQzBNxdQM5AZrL/pTxK6jp/xIF/pf2Nfb005stj8pP+rbdFO+&#10;Cu2v9q/8eHVpHx5qqet6C6QrKOeGqpKrqDrSppaqmlSenqaeo2ZRSwVEE8RZXR1IZXUkEEEG3sKX&#10;4Zb6cEUPiPjhTuNR+XRlDQxIRwKj/B1SrtOogqP+FIHaMcE8M8lD8CcPDXJDIkslFK2bwtQsNWsZ&#10;vGxjnhkCuAdMiN9GW42lBHtrGSDm7Pyxpb9uRT8j0UKa781M/p/syOP7em/+YDgsLuj+dR/K02zu&#10;PFY/Obf3D1n8hMHncJlaSGvxeZw2W2ll8flMXkqGpVo5qepgkeGeJ1KsjMrAqSPduX3aPkrdpIyV&#10;ZXhIIwQQ6kEHiCCKg+XXr0Bt1tlIqCHx+R6LR0/ms/8AyZfmb2N8J+xMrkpPgx8yKfdm6vixvTO1&#10;ktTQdedhVdAMedpZDJVbEqfLNSYDMMzyEk4bKSmkhqar2Z3qRc6bLHvtuB9dZaVuFAFXQGuoDh5M&#10;68Pxpkhek8RO1XbWch/RlqUPofSv8v2HzPR2v+E53/btDav/AImLuP8A96RfZN7j/wDKzv8A804/&#10;+O9K9i/5J6/a3+HpJ/yMwP8ASB/NW4/7n67C/wB4r6+3u/Pf+4+0/wDPJH/k61s/xXH/ADVboNcB&#10;VUf8vr+fFvvEV80G2uhf5knWU++462empMRtfE90bdWrzOSqMnm6h7z102Uoc5KYwFCnccOpTbWF&#10;UobmDkFJANU+2uEoCSxibAoue2hX/nGemlpZbyc0S4Wv+2HH/Af29OH8mCgqvlf8q/n9/NF3LQu1&#10;L2l2TVdFdGz1lJV0ldRdZbSFFU1MU1PUHQzLiqLaFCaiKIEzU1YpKlpIkrzqU2jatv5VjOYk8WUV&#10;Bq7V/lqMhp6Fet7WDc3E+4sPiOlfsH+wF/OvSU/nXbV7X31/MA/lUbS6M7DpOp+2s7mO5qHYvY9d&#10;iYs7R7QzZXDSrlajEzxypOBErp43RgSwuPb3JM1lb8vbtPfxeNCoiLJUrqFWFARwOeq7skkl9bLC&#10;2hjqoT5cOrBvh98Y/wCZr1X3LR7u+VHzz238hOp4tuZ7H1PXGK6xw+1KmfP1kcaYXM/xijoYJLUr&#10;K5MYlAbVyG0+w7vO68s3ll4G17e1tNqB1mQtgcRSvE+vS61t9wik1XEwkWlKaQM/l1Xz/OtqO7qb&#10;+YD/ACqJ/jfQ7QyXeUOY7mbrWg39LNDs6p3FpwoSPcEsEkLiDwmVjplU6gov7EPJK2B5f3YbnqEF&#10;Iten4qVb4fn0h3bxRfWxgpr7qauHl0Tj5P57+Yr8qvlz8Xv5bv8AMo3t1d8dOqO4twY3f7ZHpDFT&#10;zbe7SbBzVf8ABNlJu3IVs5GWqaujmxtFRvN4oKyroquejqW+xDHe1RctbXs93zJy1HJczQqVpKe5&#10;NXxNpA+EA1J8wGAIGqiS4a/uLmOwv2EaPnt/F5Ur5HiP2HrZs+Ynwf6Q+avx3qPjf2ljK3G7SoZ8&#10;Nl9i5bbM0VHmuu90bZxs2I25uLbTVKSw+SmpKmqomhnidJKaeaI6WdXWL9m3y+2TchuVoQXyHB4O&#10;rEFlP2kAinAgHy6ENzaQ3cHgy8OIpxB/1Hqj7dHbv8zz+S4m1sh8gN44n55fAan3Lt7ZtV2PJBJi&#10;u8+rsNkJPs6OTJSZGZqgSm8n2seTyOWoHEMNGcljJKqEAdRWfK3OutduQ2G4aWYJxicjNAPMeXaq&#10;sKltLgHooaS/2kapj40AIGr8SjhU+f7dX2jo5H8/XMY3cP8AKZ7gz+GrI8hh85kuksxia+HWIq3G&#10;5PsjD1lBVxrIFbRLE6OAwBseQD7Jvb5Gj5vgVhRlEtfkQjD/AA9Kd6NdscjNdP8AhHVsnQX/ADIn&#10;pT/xEvXH/vHUfsJX3+503+nf/jx6M4v7JPsH+DqlTc//AHEfdc/+KDZb/wB6DLexpF/07iT/AJ6x&#10;/wAdXoob/kvD/ml/lPVnH8wn5LwfEP4Z/IHvxauGkz+z9hZGj2IZ4DVLP2RuqRNqdeo9CpDzxJl6&#10;2knq0TlaaOaQlVRmAY5e2w7xvVvt9MO4LU/gXuf7O0ED5noxvZxa2rzeYGPtOB/PrSSxPZ/Ws38o&#10;zLfDmp+JPyvru7tx9lL8kx3QnU1fketT2WuUSjxucgraqraregbZStiHlSAx+WeaqWJlkYPOD2ty&#10;vOA3r6y3ECJ4PheKA/hlTigFKiQ6qVrQD0HQSWVP3Z9KYX1k6tWntrX7a004+3PW6D/LE+TZ+XPw&#10;a+PvctfkJMju+q2XS7Q7ImqBDHXSdjbCdtpbtr66np2ZYTkail/i0Ud+IaqI8Xt7hXmfa/3RvtxZ&#10;IKIG1IPLQ3co+dAdNfUHoVbfcC6s0l86UP2jB/z9H69kPS3r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6//9Lf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691p3/APCsYD/nAbj/ALym/wDmce5j9pv+Wh/zY/6z&#10;dBfmX/Qf9v8A8+9bJn8vAD/hv/4M8D/sjz4yn/Y/6FcJz7jXmL/lYb4/8vE//Vxuj6xP+JQ/6Rf+&#10;Ojo4nsm6Vde9+690Tv8AmHgf8N//ADm4H/ZHnyaP+x/0K5vn2c8u/wDKw2J/5eIP+ri9Jb4/4lN/&#10;pG/46etbP/hJyB/znzx/3iz/APNH9yV7s/8ALP8A+b//AFh6IeWv9G/2n/P3W4h7hzoUdU7/AM/Y&#10;D/hpX5YcD/mhP/wS2zfYx5A/5W60/wCbv/VmTor3r/kmSf7X/jy9aoP8jD+Zo3wf76/0TdpZoU3x&#10;l75zVDQbrqayocUfWe/5Y0xW3uzYlN0SlkCQ47PcL/kniqmZjQJFLLPPvLP7928Xdqtbm2B08O9O&#10;LRn1IGUpxNV/FgObPuAtJRFIf038/wCE+X5evyNfLr6IMcqTIksLpLDKiyRSxsHSRHXUjo6mxUgg&#10;gg8/63vHTPD/AIv0I+R6G4IIqOsvvfXuve/de60K/nN/3E07J/8AFxP5eI/2H91Osvc97H/07J/+&#10;ee7/AMM/QNvP+VhB/pxf4E631PcCdDLr3v3XutCv4M/9xNO9v/FxP5hw/wBh/dTs33Pe+f8ATsk/&#10;557T/DB0DbP/AJWEn+nL/gfrfU9wJ0MuuNz9OSb/ANPoPfuvdajX84/+fXnOv9ybu+KXwc3DTUe5&#10;sFUVe3O1/kLQGnrpcBl4HekzeyeqPKrwCtpmBp6/PtqMEvlioFSojStjl7kzkCO5jTdt+XsbKQkk&#10;VHk8n9E+SDJwTxK9BrdN5MbNbWhoRhn9PkP8p/IZz1pwbh3Dn925vK7m3XnMxubcmdrp8nm9wbhy&#10;dbms3mclVOZKrIZXLZJ5Z6ieRiWklmkZ2JuST7mSKOOBBFCoRV4BQAB9gGB+XQUZmY6mJJ9T0z/8&#10;j/3m/typIoetde96690odp7u3VsLcmG3jsfcue2du7blbFksBufa+Wr8DuDC18IPircVmMZJFPBI&#10;ASoeKRWsSL8+25YYp42hnUOjYKsAQR6EHB/PqyuyHUhIPqMdb238hL+aZ8gPm5Rb76J7/wBsVu8t&#10;z9N7Txm4ovkNjoKOgpszichk0wuH2r2NjqdIYRnJStRPQ5CjX/LqemqDUwJPTS1VXA/uBypt+xNF&#10;f7e4RZyR4JJNCBUsnnoGAVPAkUNG0qMtm3Ka8BimWugA6uH5N8/T18+tkf3G3R71hmnip4pZ55Y4&#10;IIY5JpppnWOKGKNNckskrkKqqASxYgAcmwHv1Kmigkk0oONT6derip6+VX/MC+R83y1+ZvyH79Wr&#10;lq8LvjsbLpsp5QyvF15tlU2n15C0bH0OMLQ0JlVbAyFza5PvK3l3bRtGx21h5xoC3+nY63/40xH2&#10;dRzfT/U3Tzcak0+wcP5Z6J37OeknWzv/AMJgfkodifKLtb4zZnImPC997BTdG1aOWZSj9idT+fJN&#10;S0VPIfS1Tt+rzFRUPHywoYg6sEDRxf7pbaLjaod1jHdA+lv9JJQV/Jwv+9HoRcv3Omd7dj8YqPtH&#10;p+RP7Ot6f3BPQv697917r3v3Xuve/de697917r3v3Xuve/de6Aj5MfHvr75W9Ddm/HntKnq5tkdp&#10;bblwOVmx8sMOUxNXDVxZfb+5MRJUJLEK3F5KmpMlR+eGSLzQRiWOSPXGyzbNxudq3CLcrT+0haoB&#10;4EUoVb5MKg0zQ1B6ZnhjuYWgl4MP+KPVFPWnxs/n1/DzZ1B8eeiO3vip350xtWlj231VvbtWmzGM&#10;3psLZtLB9jiMXNi5Y4mWKiVtVJj5arMRUsMcVLTz/bRx0sY8ut05B3mY7huENxbzOdTrGQVZuJPG&#10;pJ4E0QniRq7uiiO33m1XwYXR0HAtx/2P+NdHU/lufy4OwPi/vzuT5UfKjt2k78+aPyGgpcf2DvrD&#10;08tPtXa22KeSmrJtobSkqKWglqIaiooqFpJGx9HTwU9Fj6KhoaSCldqkl5l5ltt1gg2naYTb2Vvl&#10;FOSzZ7myQCATwJJLMzM1cK7Gwe3ke5uH1yyfEfKnoB6dOnyd+H/c3an8zT4F/KfaVJtyXqb4+bc7&#10;PxXY1TkM9FRZ+nqd14eupMT/AAjCujNVqZJ4hKQ66b35sfdNr3iytOWdw2qbUJbkoUoKjtIJqfKt&#10;MdbuLWWW+huFppjrX1yOhx/mO/BzZvz/APi9vHpDPtR4reEC/wB6+ot6VMZLbN7LxFLKuErqiRI5&#10;WOPrFeTHZaJYnLUk8rxKKmOCSNDy1v03L27R38VSvwuv8SE5/MU1L6ECuK1dv7NL23MTceK/6by/&#10;I9BV/J7+J3b/AMLfhZt/o3vCnwFLv7H9gdg7kq4ts5tNwYr+Hbkyy12OZMlGkYLlAdaafSeOfavn&#10;Ld7Te97fcLEnwyiAahQ9opw4dNbXbS2loIJfiBJx8+mP+WJ8QO5vipuz51Zjtqk25SUXf/yr3d27&#10;15/AM9Hm5J9nZmsq5qGXMJHHGaWoKypqgbUV/wBUbH3fmjeLLdorBLTV/i8CxvUU7l9PUdesLaW2&#10;aYyU/UkLCnoeg/8A51v8uvsH589I9XydGDb1L350x2K2e2fkdw5l9vU8uz90Y7+H72w9LnY1Zqad&#10;6mkwuQilsbfZlVAkdHVTyTzJbcv3031+o286UYAV7ge004EULKR/S6pu1lJeQp4NNaGo/Pj0eH4D&#10;fGGk+HHxB6K+PMcdCczsTZVG29qvGyvVUWS7E3DPJuXf9dSVs6pLNTtlquqSjklUMKZIU0oqKikX&#10;MG6NvO8T7ka0kc6QcEIo0oKDA7QKj1r0qsrcWtqkA4qM/Njlv58Oq+/5p3xH+afc3yQ+FXyN+GmG&#10;6tzG6vjDN2Pl5ou0txtiML/F9ytjIcTHLjotEtXE0UFSZRHPGVITnn2IOVt42Ox26+23ezIEufDH&#10;6a1NFrXJwOPnXpFuNrdy3MM9sBWOvxHGadI3G7l/4UYNkceuS67+BUeNNbSrkZIcruIzpjzUKapo&#10;B/FT6/Hq0ix5tx7eeP250toku6gYFFp/x3qgbffMR/z/AM/Rlfmb8P8AuXu/57/y5/kNsWj25N1v&#10;8Z9ydi5XtCoyuejxuYpqXctPQQ4v+CYp0ZqxiYJjIA66ePrf2W7LvFjYcv7ltsxYS3YQJRar2kk1&#10;Plxx0purWWW8guEpSOta/P065/zcvgLuT5xdDbYqunK6k218oeid7YnsLoTeU2Yk2xJQ5B8nSLuj&#10;BvumlikqKCOogp4MjTzU4VxX4+hvJHGZG965Q5gj2K+Zb4FrS4QpMtNVRQ6WoaA0Jof6LHHWtzsj&#10;eQARGkiEMp9D9vljPTh8m/j589vkx8UuhP8AR98haf4lfMHrap2zvzeqbaqVyfVu+excPtybCZXC&#10;53L4enqalcBUVss2QgpWoq6laGT7eux1W6RSU+tr3HYNs3a4+otjd2cupF1YkRCagqCQNQHbxU1y&#10;rL52uILue3QpJ4Ui0J/hrShHrT5dV29pfCP+cv8APzG7V+PvzZ7W+OPV3xnxm6dv5vs7K9KpWVG+&#10;+1KTbtQJ4EoqJ6WSn8pmj89PDVfY0cUkiVM1LUy0sNN7EVpvvJXL7tuGyQzTXTKRGJfgQkcag+le&#10;FWNKArUnpBJabrfUivGRY61Oni3+bqyn+ab8SOw/lF8At8/GL4/4zb43XXzdX0e1Mbn8yuBwtNht&#10;kbvx2RlglykqSaPFRUjLGChLMAv5v7DXKm8QbVzAm67gW0jxCxAqSWUjhjzNejDcraS4smt4aAml&#10;PTBB6P31Tt7JbR6u622pmVhTL7Y2Ds7b2Ujp5vPTpksNt2nxtcsEy/rQSxOFcfUWPsP3UgluZJU4&#10;OzEfmSelka6UVT5ADqtrNfEDuau/nE7Q+asFJts9HYT4qV3UdbWtno13ON41OWr65IY9vFNTU+ie&#10;L9/yW5YW49iVN5sl5ObZDq+oM/icO3TQD4vXHSE20p3MXdBo0aa+da9Jb+bZ8MPkD88Yvit0bsP+&#10;AUHx5oO78d2D8ms5V7sk2/uqn25hZabD4um2ljoY2NfKmOyGfqfBIVX7pKJgyMnkR7lDe9u5f+rv&#10;5yTcGIpAAupdRqasScVIQY8i3keqblazXnhQpQJqq+SDT5fkSftp1cBS43H0OPp8TS0VLTYuko4c&#10;dS46GCNKKCgghFNBRRUwAQRrGAioFsFsALeweSSxY8Sak+dfX7ejSg6p4/lW/CXvj4G77+ZPVmcg&#10;2xJ8Vd7dx1PZ3xpbFblbJZ3DUWSqKnF5DF7ixEyeSKd8RBgYZJjIQZaORgNMqBBjzZvthv8Ab2V0&#10;ur6uOPw5yRQNQAgg8KBi+PmPTor260ls2lioPDLVTPD7f5dXK+wb0ade9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/09/j37r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wnh/wrG/7kG/8um/+Zx7mP2m/5aH/ADY/&#10;6zdBbmX/AEH/AG//AD71sl/y7/8At3/8Gf8AxTv4y/8AvlcJ7jXmL/lYL/8A56Jv+rjdH9j/ALhQ&#10;/wCkT/jo6OJ7JulXXvfuvdE7/mIf9u//AJzf+Kd/Jr/3yub9nPLv/KwWH/PRD/1cXpLff7hTf6R/&#10;+OnrW0/4Sc/9z8/+Ws//ADR/cle7P/LP/wCb/wD1h6IOWv8ARv8Aaf8AP3W4f7hzoU9U7/z9v+3S&#10;vyw/8oT/APBLbN9jHkD/AJW60/5u/wDVmTor3r/kmS/7X/j69alnVfwUqPlh/Jo3F8kOtdv1FZ3P&#10;8QPkP2thc5S0MMuQye/ekKvZ+1d97hx1LDENQbblRlqjM0sVmAhOVKhpqiMCW7rf12jnVNsuW/Qv&#10;YYyK4CShnQGvlrChW+eiuFPQbisvqdqMsQq0LMPtWikj8qnq+3/hPN/M3HfvWMPwv7o3FJVd09OY&#10;Iy9WZ3M1kbVvY/UWNQRU+CWWWzT5PbEemBgbyTY3wS2kalrJvYA9xeWP3fdfvqyUCCY94GAsnmac&#10;Ar8fk1R5jo52TcfHT6aY968K+Y/zj+fWzd7jLo/697917rQs+c3/AHE07J/8XE/l4f8AvKdZe572&#10;P/p2T/8APPd/4Z+gbef8rAP9PF/gTrfT9wJ0Muve/de60LPgz/3E072/8XE/mH/+8p2b7nvfP+nZ&#10;J/zz2n+GDoG2f/KwH/Ty/wCB+t9P3AnQy6pa/npfOrI/Cz4Y5eh2FnJMJ3Z3/W1fV/W1dRzpFldu&#10;4l6MVHYu+qE3V0fHY6RaOmqYT5KeurqKYfo9jPkTYBvm9L9QuqCAeI4phjnQh9dRyR5qrDz6K93v&#10;PpLU6TRnwKcR6n8hX86dfOIZmdmd2Z3dmd2Ylmd2N2dmPJJPJJ95J9ALpf8AVXVHY/ePYW1uqOo9&#10;nZzf/Yu9MmuJ21tTb9J91ksnWNG1RKw1FIoYIIkeoqaueRIIIUkmnkjiR3Vm7u7axge8vHEccYqx&#10;agHy+efIDiaBak06ciikmkEaLVmwAP8ACfQdbTPx8/4Sw73ze38Znfkz8mMXsTNVdPHNWde9U7NX&#10;eM+MMyJKtPX9g5+toqb7mG7xTxUuIqIC/qiqpEALxRuPurbpIY9rtS4HB5G0g/YgBJH2sD8h0I4O&#10;XHK1uJAD6KK/zOP5dS+9/wDhK5u7GYWty3xs+UWI3XmqeOSSl2V3BsuXacdaEvIYoN+bVqckgndf&#10;24o5sJHGXsXqIlOpK2HutCzqm52hRTxaNtR/3hgv/H/y69Ny42mtvKCfRhT+Yr/x3rWb7t+KvyH+&#10;Ofba9Gdy9T7v2X2hVV9Fj8LtqqxrVrbskylUtBiqnZWSxZnpc1T1U7iCnqMZNNG0t4gwlV0WT7Hd&#10;tt3G0/eFnMrwgElqgaQMkMDTSQOOqmM8M9EE1rPbyiGVSGrQf0vs9fy6+jZ/Kh+B2J+AHxI2d1pX&#10;UlK3bu81puwO9M1DJHVmr7By+PjSXbtJXRkh6DBU6xYuk8beKRo5qtVV6uW+N3Nm/tzDvD3aH9FT&#10;piH9AHj9rGrfmBwHQ6260FlbCI/Ecsfmf8g4DqzH2Gul/VWf85r5KD4vfy7PkDu3H14oN4dgYBek&#10;9hsshhqn3H2kr7dr6rHSqQUqcfhTlstCwNw1Jcc+xRyZtg3TmK3hcVSM+I32JkV+RbSD9vRfutx9&#10;PYu4NCcL9p9Psyfy6+Zb/wAVv/sf6+8nuo+697917owXxO74y/xg+S3R/wAgMKZ3qOp+ydr7trqS&#10;m4kyu3aLIrHuvAfqQ6Mhi5Kygk9Sm0xsynkF+72C7rtk+3yf6MjKPkxrpP8AtWAP5DpRazG3uI5x&#10;+Egn/Af29fWFwOdxO58Hhty7fr4Mrgdw4rHZvC5OlZmpcjiMvSJX46vpmYAmOaGRJEJFyGHA94lS&#10;RyROY5BpZSQR6EGhH7RTqSFIYBlyDw6d/eut9e9+691737r3Xvfuvde9+691737r3XDj8/4/7a//&#10;ABHvRxk9er16/wDsPr/T8n3rHHh17rn7t17rh9D/AI/4c/U/778e9EnHXvs67+nNv6n/AImx9+Jo&#10;Knr3Hrl73Tr3XD/X/wAAPr9Px6vdc+fD+fW+udh/T3brXXDj6/63+2/1veuHD/Y698h1zsP6f4/7&#10;H3vr3XC/0/r/AK/+3PH4968uvfZ1z97691wP+wN/8P8AH/iPej17PXv6fX/jXvRoRQf6v9Xp17rl&#10;/tv9t7t17PXX05P+vz71gCvXuPXV/wAf72bHn8f8R79U1+XW6+fXvyb8fX+oFifrcf8AI/fqitet&#10;ddi30t+Pp/vZ59+FKU/1fz6951HXL3vrWeuNh9QB/hcfj6e9VJHW+urn+t/6/j88+/Vqcdexx4dd&#10;/wCtfi31/H+P++/2HvfXuuXv3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691p4f8Kxv+5Bv/Lpv/mce5j9pv+Wh/wA2P+s3QW5l/wBB/wBv/wA+9bJf8u//ALd//Bn/AMU7&#10;+Mv/AL5XCe415i/5WC//AOeib/q43R/Y/wC4UP8ApE/46OjieybpV1737r3RO/5iH/bv/wCc3/in&#10;fya/98rm/Zzy7/ysFh/z0Q/9XF6S33+4U3+kf/jp61tP+EnP/c/P/lrP/wA0f3JXuz/yz/8Am/8A&#10;9YeiDlr/AEb/AGn/AD91uH+4c6FPVO/8/b/t0r8sP/KE/wDwS2zfYx5A/wCVutP+bv8A1Zk6K96/&#10;5Jkv+1/4+vROv+EuSq/8v3uFXUMrfMLsFWVgGVlPSnXwIYH6g+zr3S/5WGE/8u6f9XZeknL3+4L/&#10;AOnP/HV6pZ/m6fCXsH+VZ8xtifMX4rmfZnU+8d+HevWdfgopfs+p+0qInKbi6zyNOg8S4jIRPUS4&#10;ykkPiqMe9ZjmjaOkcyjTk/fbfmvZ5Nl3fvmVNLgnMicA4/prjUeIajDJqCvc7STbrtbq2wrGo+R8&#10;wfl6Dh5dbiP8vb5vbB+ffxm2X3rs9qHG7gnhG3u09j01Y1VU9e9lYymjbcG3ZTLaRqaTyJW4yokA&#10;M1HNBIwWQyRpDnMWx3HL+6Pt81WWtY3pQOn4SPn5N6EEenQosruO9txMnHgR6HzH+bo8Xsj6V9aF&#10;nzm/7iadk/8Ai4n8vD/3lOsvc97H/wBOyf8A557v/DP0Dbz/AJWAf6eL/AnW+n7gToZde9+691oW&#10;fBn/ALiad7f+LifzD/8A3lOzfc975/07JP8AnntP8MHQNs/+VgP+nl/wP1vp+4E6GXWhX/wp77ay&#10;G7vm/wBb9UrUA7e6f6LwlTFReRn8W6+xdwVua3BW2uFQy46lwcYUC/7OouQyqk+e11osOxzXZ+Ka&#10;U5+SKAv8y/8AvXQN5hlLXaw/wrX8zU/5B1ra+5K6IOt2L/hL58Tdt4TqDtj5j5/FUdXvnfO7q/qP&#10;r/IVEKzVO39h7TpqTI7sqsXMf82cvlaiOmqbrrC4xNJCSurQj7p7vLJeQ7NG3YiiRx6s1QoPrpXO&#10;f4vkOhfy9bBYWujxbtHyA/2cfl1teW9xP0IuvWHv3Xugv390x1R2lm+u9y9idfbW3juDqPd1Pvvr&#10;TN53E01Zk9lbvpKd6anzmArZBrhlUPqsG0eRIpSplhidFEF7eWiSx2srRrMuhwpw68aEcD1Roo3I&#10;LgErwwMfZ6dCfYf0H+29p+r9d+/de60uv+FTPyUbKb6+O/xLw1czUe0cJk+8t+0kZWSCTOblkm2d&#10;19BMwN0qKKipc5M0Z5MWQib6Ffc0+1W2aLe53iQHvIiX7BRn+2pKCvqp6CvMVwC6Ww8hqP54H8gf&#10;29ak3uXegx1Yd8nvhfk+ifhr8BvklU46tpp/k3tftus3KGVzS0NTtzfjVnXs8rNwrZXbddS1cH+r&#10;SFv9QT7Du1b0l/vW47apxatHp9TVaP8A7y4Nfy6X3Nm0NpDcf78Br+3H8uq8LD+g4+nH09iLpBXr&#10;6SX8iP5Kf7Mf/Li6cGSyH327+jTX9AbsLOGlQdfRQHZDEMS7Bts1eEV5H/XKsvJINsaefdr/AHbz&#10;LMQKJcfrL89eW/Y+rHpTHQ92e48exSvFO0/lw/lTq432D+jTr3v3Xuve/de697917r3v3Xuve/de&#10;6r0/mw5rMbc/lxfL/Obey2TwOaxnTuaqsbmMNX1WLymOqUq6cJUUOQoXSWGQXNnjcEf19iDlSNJO&#10;Y7OORQymQAgioI9CD5dItxZlsZWU0IU5HHqnb4lfyaYO+Piz0R34fnn83Nmdh9p9S7P7Ab+F9pSZ&#10;Dbu3Nw7lwUeSb7DGzrFVSU8Ekp8aPkFksB+6Dz7GO786Hb92uLAbfavHDI6CsdGKqSOPAE+tKdFd&#10;ttbS28cpnkBZQeOMj7Oh7+DHyQ+X3xP+cT/yvPnZ2K3fFPvfZVZvz4pfI/ILVjdO88NhMfVVtZgN&#10;21lU089QZ6bF5OR2y1ZLX0eRppaQVeTo63Hzwod923Z922L+tOwReAY30TwimlSSKMvkKalpporI&#10;a6UZWHT1ncXNvd/u+9bXUVR/UfP5/wCUUyCOkf8Azmtl7g7m+dX8sL4803a/aXVe1O6Mp3BtrdmU&#10;6s3fkdrZk00K4etp6qI0zGnlmiKaYzUwSBQ72Aubu8mTR2Ww7puLQxzPCIyokUMM6gRwqK+dPTqm&#10;6I0t5bwBiofVWhI9Ohz66/kX7G667B2L2DS/Nz5w7gqNi7y2xvKDb+4u2KGv2/mpts5uDNRYjO0X&#10;2KmajqjAIaqMMNUbMAQTcILnnqa5t3g+gtULqV1LGdSlhSq92CK1BHA56fj2dY3DiaQ0INC2DTNC&#10;Pn02fzCfln8ou2/llsv+V58B9zUXXvaud2lB2F8ie/GCVNb0p15U+KrWkxKrrlpK16KakqZKlYfK&#10;7ZHGU9HUU8ssssd+Xdp2y02iTmnmBDJErFIYuHiuPXyIrWmfwsWFAK1vbqeS4G32R0uRV2/gX/P/&#10;AJx69Iio/kRdh0mFG4Nt/wA0z5vY3vk01PNU9o12883WYatzcehqrIHbFPmIMrGs2gDSdySSJ/ak&#10;l5BeHPlqZNMu02pt610BQDQ+WrTT/jHVDs7U1Lcya/Wv+Stf+NdW9fDXY3yW63+Pmzdm/Lftbb3c&#10;/d+FqNwU2f39tjFtjcdk8MmeqE2nHLNJT0b1lSmNFN9zWS0MEjuSsomlR6qoB+9XG2XW4PNs8TQQ&#10;NQhWNSDQavMgDUTQVOPlgGlrHPHCEuWDuK9w6rB/lz7u3Zm/5qP837b+a3RuLL4DbO8uo4dt4PKZ&#10;vJ5DD7eiqaTJtUxYPGVcrwUiyEKZBTogYgXvb2KeYoYU5V2eVEUM4k1EAAtQrSp4mnlXousHdtxu&#10;UYkhSKCuBx4Dy6vk9gTo56oa/ko7u3Zunfn80CHc+6Nx7kh2/wDOrf2IwMWfzeTzMeExENfXeLFY&#10;hMjLIKamWwCwQhUH4X2O+dYYYodrMSBdVqhNABUkCpNOJ+Zz0UbS7uZ9ZJpIwFTWg9B6Dq+X2BOj&#10;frU56Y6v7k/nL/JX5n7i7h+aXcnRnXXx67hzHU/W/wAaOlN1ttTM7Xw+IyldjsJvLdeJ83iSWdKa&#10;ognyNRQz1OQqTVxrPQ0tFT0nuWL25seTNqsUs7GO4kuIxI80q6gzEAlVNPItwBAVafESW6DkUcm6&#10;zytLMyKjFQqmhAHmf85rXNOA6t3+KnwS+Q3UnQPye+NnfvzR7L772b2rQbl2N05vipepou0+qdgb&#10;t2PU7eyeUp91Z16+rTNRVWQkNFCa2qo6UUFLU0ywmrqKOEH7vvu23u42u52Filu8RV5V4xyOrA00&#10;iilKChwGIYhq0DE0t7WeKB4JZmetQrfiUEU48a/7HqeqR/5nn8rKm+EHw47H+RvXfzQ+aO6t17Oy&#10;myMfj8LvLt6eTAVEe6d4UW3KuWrTCwUtQWiiqXkj0zAawNQZbj2OOV+ajvm9xbbc2NqiSBzVYsjS&#10;hbzJHEdE+47f9JatPHLIStOLepA8h0fv44fyVdo46LobvOf5q/NnK5iij6t7Yl2vlu16as2nlMlT&#10;pQbvlwGSx81EZJcfPKpppoml1NCSurUSfYf3HnaV/HslsbZR3oGEdGAyoINaBhxB9el0G1KNEvjS&#10;HgSCcetDjpUbb3duuT/hQz2DsuTdG432dT/BbF5eDaTZvJNtiHLvn8VG+UiwJl+1WpKsymcRayCR&#10;q59tyQQj27jnCLrN0RqoNVNLYrxp8uHXg7fvwpU08OtPKtRmnVhf8yTKZPCfAP5h5jC5LIYfL4z4&#10;8dpVuNyuJrKjHZPHVtPtWokp6ugr6NklhlRgGSSNwykXBB9h7lpEfmCyRwCpmjBBFQQWFQR5g+Y6&#10;XX7MtlKymhCmhHEY6CP+Wxns5nv5V3xw3DnMzlszuCv+Ok1dXZzK5GsyOYra37Wub7yrydY7zyS3&#10;APkdy3H19quZY44+abmONQqrNQAAAAVGABgD5dN2LM23xsxJJStfOvVCP8rD+WNH87viXiPkD2R8&#10;zfmZtLc+T37vza8uG2V29UR4GKh2tmBQ0U0SZqGrnErof3Lzab/RR7H3NfM42DeH262sbZ1VUarx&#10;5qwqeBAx9nRNt23m8tRPJLIDU8G9D8x0ZHNbx+aP8kjvTpz/AE3/ACT3Z8vf5evee/KfrrK7s7Vn&#10;r6nsHo7cOUfyY+obKZeqr5olo6JJK6OKlrXoa+mpMl/uPx9SKeZS2ODZOeLGb6G1Wy3G3j1hY6aJ&#10;VFAcUHE0B/EpZTqYdPu91tMyGaQywyNSrE1Wvz/1DjhaDo63/Cg3de6Nm/y5Nz5zZ25M/tPNR9t9&#10;R0sWZ21mclgcpHTVW4WiqoEyGJlhmCSLw6h7MPrceyX29hhuOZEjnRXUpIaMARUDBoajHSve3eOw&#10;LISpqMg0PHq5LYzvLsnZ8srtJLLtbb0kskjF5JHfExM7yO1ySSSST9T7Bk+JWA/iP+Ho0TKivoOl&#10;V7b6t1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691//1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Wnh/wrG/7kG/8um/+&#10;Zx7mP2m/5aH/ADY/6zdBbmX/AEH/AG//AD71sl/y7/8At3/8Gf8AxTv4y/8AvlcJ7jXmL/lYL/8A&#10;56Jv+rjdH9j/ALhQ/wCkT/jo6OJ7JulXXvfuvdE7/mIf9u//AJzf+Kd/Jr/3yub9nPLv/KwWH/PR&#10;D/1cXpLff7hTf6R/+OnrW0/4Sc/9z8/+Ws//ADR/cle7P/LP/wCb/wD1h6IOWv8ARv8Aaf8AP3W4&#10;f7hzoU9U7/z9v+3Svyw/8oT/APBLbN9jHkD/AJW60/5u/wDVmTor3r/kmS/7X/j69E7/AOEuH/bv&#10;/uD/AMXD7A/98r197OfdL/lYIf8AnnT/AKuS9JOXv9wX/wBOf+Or1eL8qPjP1l8vuh+wvj923jBX&#10;bS39hpqJa6GOM5ba+ep/8p27vLbs8gIiyGLq1iqqZj6HKGGZZIJJY3Ae1bndbPfx7jZkq8ZBzwYe&#10;an1VhUH9vHo5uYIrmFoZeDD9h9etEz4dd8dz/wAi7+Ytu/pzvSHJS9VZTMUGyu6MZjoqs4bdOxK2&#10;Y1Gw+8tj08/+fkoYpvv6cAGR6eWuxj+KpZjDPW82Flz5y0l9YUEygtGTxVh8cTUzk4Pz0tw4g+1m&#10;m2e/MU3wH4qcCDwYfZ/0Lx6+hDt/cGE3XgcJunbOWoc7tzcuIxufwGbxlTFWYzM4TMUaZDFZXHVc&#10;JKSwVEEkcsUiEhkYMCQR7x5ZHidopAQykqQeIINCOhqGV1DKagiop1oi/Ob/ALiadk/+Lify8P8A&#10;3lOsvc87H/07J/8Annu/8M/QOvP+VgH+ni/wJ1vp+4E6GXXvfuvdaFnwZ/7iad7f+LifzD//AHlO&#10;zfc975/07JP+ee0/wwdA2z/5WA/6eX/A/W+n7gToZdfO0/4UY4euxn80DsetqlVYNw9adPZjGspf&#10;10cOzIsBI8gZQOKihnW6ki1ub3AyL9t3VuVo1H4ZJAf961f4GHQH31abgxPmqn/J/k6os9jvom6+&#10;hz/wnE3thN0fyydl7extRFNkut+1u2to7ihWVXlpcpktyf3/AKRZIwAU1UOapGXkgi5B/srjr7kw&#10;SRc0ySOMSJGw/JQh/YVP8uhxsLK23hR+EkH8zX/L1fL7AfRz1737r3Xre/UB49e697917rHJIkSS&#10;SyukcUSNJJI7BI0jQFnd3ewAA5JJ4/PvVGqAM14Ade6+Vv8AzE/ki3y1+a/yK74grfvtv7v7EydD&#10;sacNIY2662gkezevZEilP7ZlxFBRzzooA8zyNa7EnK3lzbP3PsdvYEZRO7/TsdT/APG2IHyHUd7h&#10;P9TePN5VIH2DA/lnoo+2sOu4tx7f29JlMXgo85m8ThpM1nKuHH4bDjKV8dE+UzFfOyxwUlOH8tRN&#10;I6qiKzMQAbHEr+FE0uksVBaiipIA4AcKny6SKoZ1XhU8fID59boH84/s/wDl6dtfyvcF0l0R8oPj&#10;7u7dvxjqOn8n07s7a/ZO1K3cWVxGyccvVmSwmKoKGeSaXTgMhV1jUqcSPSxnl0Q+4T5LteYbPmlr&#10;/cLWZEuvEEjMjaQXOsFiRT4hSvoehXusljJtoihkUmOmkahwHb/gr+zrSl9zd0Eutof/AIS9/JQb&#10;J+SPcPxhzdesWI7w2LT712jTzTEg9g9VtLPWY/Hw8BXrsDXZCqqGHJXGxg8AWi33S20T7bDukYJM&#10;DlWPnok4En5OAB6az0IuXrgLO1u3BhUfaP8AYJ/Z1vL+4L6F/Xvfuvde9+691737r3Xvfuvde9+6&#10;91XD/N6/7dnfM3/xC2d/9zKb2I+Uf+Vmsv8AmqvSHc/9wJf9Kelt/LHA/wCG8vhdx/3Lf1R/7ydN&#10;7Z5nA/rFff8ANeT/AI8et7dixhp/Av8Ag6rA+Zm48P27/PQ/lt9R9f1EeS3j0Rtbsfsbtuuwhir/&#10;AO7OAzWCq81h9u7tqKI6qGRqfHeeKCrcXXJ0hWM/dR+QTbNE9nyJud5c4jnaNI6kjUQwBK140r5f&#10;wsPwmiG5ZZd4t404oGLfIHyP7P5joPP513U1Z3p/MA/lUdRY7sHeHVFbvzMdzYSn7E2BVmg3jtNm&#10;jw9V/FNvVqshiqB4yisHHDN7U8k3a2PLm7XjRLMIhEdD5VssKH86fs6b3aEz31tEGK11ZBoRw6sF&#10;+IH8sTdnxU7mpO28x86vlV8gKKl27nsCevO3d3VmY2dPLmo440y0tDLVyqaml8d6dinBZufYe3jm&#10;iPdrL6NLG3t8g641AfHlw4HFfs6W21gbWXxXmd8cGNRnz6Jj0LuDEdM/8KHPmftLs+OmxWd+TfQX&#10;XGb6K3Pmpqenm3Xj9t7Y28uW2rgjUappPIcRlYlCyBD/AAF0C3EKKdX6Pe+3djLaVZbWVxKB5Fmf&#10;Sxp5DUPzkr69JIGWLfJRJgyINJPnSgI/kf8AeT8urkPl7SfLGt6YyEHwsyvWWG7yOfwDY6u7bhqp&#10;9nJt0VTf3jSeKjgqHM7RW+3tHbV9SB7Bm0PtC3oO9hzBQ1EdNdfw0qQOPRrdfU+Efpaa/LVw6IR/&#10;J6+YHya+VeF+VmH+UeW2Bmd8fH/vaXqKGt66wK4PAyPh8dJHmpadw7Gpierhdqed0QtHb0C9vYh5&#10;w2fbNpktH2oOI7iISd7VOTj7DTiPXpFtV1cXKyfU0qjaccOgT/lp/wDb2j+c1/4e3Tn/ALhZT2t5&#10;k/5VHZf9LL/hXpnb/wDkp3f2r/l62Bvcf9HfWv1/Iz/5mB/NW/8AF+uwv/c+v9j/AJ7/ALDaf+eS&#10;P/J0TbPxuP8Amq3WwL7AHRz1Sl8tv5O3XndXamZ+VfxP7m3v8PPlhkK2sq8n2J1Zk6uLZu985HkY&#10;nzp3rtvDT0k8dTW1FJ4spUUFYkc0rTz5ChyFS8moabRzncWVoNp3eBb20AACOO9FpjQxBwK4qKhQ&#10;ArKOiq52yOWQ3Nsxil9RwJ+dP50wfPpx/lO/Mn5I9z7g+UfxQ+Y8G3cn8j/hvvbB7V3H2LtGmpKL&#10;A9k4HcT5CnxmYNFjoaanWojfGtP54qKjWelq6W9JFURVJavNmzbZZR2u77LqFteqzKjZZCtKjzxm&#10;nFqEfFQjre3XU0zSW1z/AGkJAJHBq1z/AC/wfPpv/wCFB/8A26x72/8ADk6g/wDfpYr257eY5rt6&#10;fwyf9W26rvn/ACTn+1f+PDq1HoL/AJkT0r/4iXrj/wB46j9hO+/3Nm/07/8AHj0ZRf2SfYP8HVJe&#10;Pq6XA/8ACj/PJmqiHFy73+CNLj9ox1kqQSbjrMflKfJ1tPiYpDeZooMbkJXKjhaebn0NYbEF/bZS&#10;g1eHdktTNKgjPyJIHyr0Uig305pWPz9a+X7OrEv5p2bxOA/l0fMyvzWRpMXRS9A7+w8dVXzrTQPk&#10;9w4o4DCUIkkIHkqq2pp6WFfq0kiKOSPYd5UR5eZbFUz+qhwPIGpJ9AACfsB8+l25GljL5VUjPqcd&#10;B5/LQoazG/ynfjLS19NNSVH+yxxVPhmRkkMFdiKuuo5wrfVJYZElRl4KsCCVIPt/mZg3Nl15jxyM&#10;fbQ/zHVLBf8AddED/AP8HRZf+E53/btHav8A4mLuP/3pF9m3uOB/Wd/+acf/AB3pLsX/ACT1+1v8&#10;PQb/APCkLeWBrfiF1V8e8dQ0m6O5O+PkP19j+rtlwvSybiqn2/8AcJlc3iaOZHdl89dQYVmjKHVk&#10;lGop5FKn21hkG8y7kxKQW8LmRvw5HapPCpoW8/hz5dV311+mW3GXdhpA4j5/tx+fy6Wn/ChaiqMZ&#10;/K4ymNqqt6+px/aHRtDUV8hcPWT0ubEE1XIZWY3kZS7amY8m7Hn2x7dkNzUjLgFJTT5FT1bfBTbS&#10;Pmv+Hq8LYX/HjbM/8NPbn/uoh9ga4/tn/wBMf8PRsnwj7B0rPbfV+ve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv/W3+Pfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3XvfuvdagX/Cr/DZKfCfBfcMUBbE4vJ/I7DVtXddMORz1JsatxdOV&#10;PJMsWNrGBA48Zvbi8we00irJfRH4iISPmB4oP7NQ6DPMikrC3oWH7af5utiP+WzmKDOfy9vg9WY2&#10;oWpp4Pih0Bh5HQqQtft7q/GYDLQkoSLxVVNNER9QV5sb+455lVo+Yb5Wx+vMfyMhI/ka9He3kGxh&#10;I/gUfsFOjteyXpX1737r3RJf5k2YoMH/AC9vnDWZKoWmp5/ih3/h43cqA1fuHq/J4DEwguQLy1VT&#10;DEB9SW4ubezrlpWk5hsVXP68J/ISAn+Qr0k3AgWMxP8AAw/aKda7n/CUDDZKDCfOjcMsBXE5TJ/H&#10;HDUVXddM2RwNJvmtylOFHIMUWSo2JI58gtfm0je7MitJYxD4gJifkD4QH7dJ6JOW1IWZvUqP2V/z&#10;9bfvuH+hN1Tv/P2/7dK/LD/yhP8A8Ets32MeQP8AlbrT/m7/ANWZOivev+SZL/tf+Pr0Tv8A4S4f&#10;9u/+4P8AxcPsD/3yvX3s590v+Vgh/wCedP8Aq5L0k5e/3Bf/AE5/46vWyZ7jXo/6oq/nmfyzE+cf&#10;QX+lLrDCio+TXQ2GyuS2bFRoTWdkbFXVldydXypEC01UWVq7ABg2ms8lOnjXITSqOuROaG2Lcfpb&#10;lv8AFZyA/ojcFf7OAf8Ao5/COifeLAXkHiRj9RMj5jzH+bqtL/hOf/M0kbxfy9O98/NFkKE5Ks+N&#10;ef3BVyCXx05esz/StTLWHWkkAE1fgY5D+gVVCpXx0MDCb3I5Xx/WPblqDTx1H8pccQcBz66W8z0h&#10;2K/J/wARm8vgJ/mv+UfmPTol3zm/7iadk/8Ai4n8vD/3lOsvZ3sf/Tsn/wCee7/wz9I7z/lYB/p4&#10;v8Cdb6fuBOhl1737r3WhZ8Gf+4mne3/i4n8w/wD95Ts33Pe+f9OyT/nntP8ADB0DbP8A5WA/6eX/&#10;AAP1vp+4E6GXWlp/wqf+PeRoOyPjd8p8bjmfBbm2hleit2ZKCPTT0O4Nq5as3zsqKuIABnyFJlM0&#10;In5Ypj2ViFSMGavancVa1utqc0ZSJVHqGAVqfIFVx6tX16CvMVuQ6XQ4EaT+RqP8J/Z1qWe5c6DH&#10;V7X8iz+Ztg/gh3fuDrnubJ1FF8cu+JcPS7lzQSapg6037i2ak252BJSxhmOPlhmlx+bECa/F9tVf&#10;uChEMgD585XffrFbuyFbm3BoPN0OSleNagFPKtV4t0dbNuAtJfCkP6cnH5N5H/P19CbbO59ubz2/&#10;h92bQz+G3VtbcOOpsvgNybdydHmsHm8VWxCejyWKymOeSCoglRg0csTsrDkG3vHeWKaCVoplKsuC&#10;pBBB9CDwP29DZWVxqQ1H7ep2SyWPw+Prctlq+ixeLxtLPXZHJZKqhosfQUVLGZqmrraypZY4oo0D&#10;M8kjBVAJJAHuqo7uFQFifLP8gOJ63UAd2OtWj+Zh/wAKKtpdSbjxHVHwUq9udq7lwG7MJkeye3qu&#10;NMp1v/B8FmIa/L9dbJEkbLlmy8MclDX56mkWClp3Y46SaqlSqoZV5X9uJr2Jrvfg0SMpCR1o9SDR&#10;2p8NDQqpyxHcAoowd3DfEibwrPuIIq3l9n5+Z8uthj4m/KDrT5i9A9efITqmuNRtffeIWoqMXUTR&#10;SZbam4qJzRbk2fn0itorcdVpJTy8BZFCTxaoZYnaO942u62XcJNtux3xnj5MCKqw+TChH5+Y6O7a&#10;eO6hWaM4P8uiqfziPkqfi1/Ly+Qu+cfkDj94bv2wen+v5IqoUuQG7O0r7VOQxUp/5ScZjpchmY7X&#10;NqNj+PZpydtg3XmK2t5BVEPiP6aUya+VCaL+dOk26XH01k7g0Y4H2nGPmBU/l18xv/ff7bge8oeo&#10;+69Ye/de8qde/wCR/wCxH09+869e4Z697917ox/w+7+ynxZ+UXRPyDxbVN+q+ydt7ly1LSOUqcpt&#10;Ra0UW9dvobi38QxE9dQN/hN+fZdvNgu77TPtz/6KhVf9MMof97z0ptZjb3CTDFCCfs4H9vn19XzD&#10;5fGZ/E4vPYWupsnhs3jqLLYnJUcgnpMhjclTpWUFdSzJcPFNE6SRsDYqQfeJbo8bmOQFWBII8wRg&#10;g/mOpHBBAZcg8Pz6c/eut9e9+691737r3Xvfuvde9+690Vz5qdB5f5SfFbvL49YPcOO2rlu2tiV+&#10;0aDcWVpKmux2InrJ4pRW1dFRlZZFURkaYyCb+zPZb9dr3W33GRdYhcMVBpqp5V8uk91Cbi3eBTQs&#10;KdUydf8A8sj+b7171/tbp7a381Dbezur9pbcoNl4LE7W6gpYcnt3a2NoxjqClwuXkgjrhLTxKojk&#10;auWXi/mBN/Y0uOZ+ULi4e8l2kvK7aiWlNCx4kiun7RTorj2/c40Ea3ICgUACjA+R6sD/AJfP8r3q&#10;j4Gy7238+9d199/JHtVWTtH5DdkqH3VnoJaxcnXYnA0tRUV0+Ooq2sRMhkRPkqyqrapY5KurnWnp&#10;I6cO8w81Xe/eHbeGttaxGqQp8INKAmlNRAqF7VCrgCpaq2y2+OyLSai8jfEx4/6sDoM/5lX8vHv/&#10;AOXncfxd7v8Ajv3/ALW6E358al31V4XPZ/atVuir/jO7JMetJX42mAemHgjpJ1dKmJwS62Xj2q5a&#10;5i2/aLO6sNxtmuI7nRUBgootePnXI4EdN7hYzXMkc0EgRo68RXjT/N0BeN+D/wDO3p8jj58h/Nc2&#10;XVUENdSTV1MnRm3Fepo4p1epp1Y4wWLxqVBuOTe/Htc2+8klCE2hhUY/VP8A0F00LPdh/wASv+MD&#10;o8v8wT+Wz05/MC2ttX+9ea3H1h3D1lVTZTqLvDYrLHuzY+UepiyEMdVTeSEZChWqp4KoU/3EE8Mi&#10;F6OrpXllaQk5e5lveXpXMSiWGXEkTfC44Y/hPkCAfmG6VXthFeqC1VdfhYcR1X1J/K3/AJou8cRT&#10;9Udofzft/VfScSUGNyVRtTYE+M7X3Rt6iUQVmLzG8lyVPki+Qh1w1UtXmq1WDn7mOtXWjiAc1crQ&#10;ubm12ZBOakBnrGCc1CaaUHkAq/LT0j/d+4uDHJdEofRaH9vHo3n8q7+W9kP5b22O/dkv2HRdg7c7&#10;O7Vi3jsuSKhqqXM4Ta2OxjYfE43dFRKscNVkDAI3qailhiiaTWUjQWAJ+a+ZF5lmt5/CMbRR6WFc&#10;E1qSo4gV4A5HSnbbA2KumrUGNR6gf5+ijb+/lZfP7A/Lf5PfJX4m/OLY3QdF8lN2Y3PZ3Bzdatun&#10;LGgwlCKbEY/I1eZhqoC0DvUyBqaNL+SzFgosb2/NWwPs9pte7WDXBtQwDeJpHcamgFD+2vSZttvF&#10;upLi2nEfiH+Gv+Ho7/wj+O38w/p/sPdOf+YHzXwHyX2JktlzYjbez8R1xidnS4PdrZyjrYtyy5Gg&#10;o6Z5FWjiq6Xwlip8wci6Agk3vc+Xby3SPZ7E2sgapYyF6rQjTmtMkH8j0qtIL2KRmuZvEUigFKU+&#10;fTr/AC/fg9un4bbj+X+d3JvrAb1j+SvyM3N3dhYMHi8jjn2xi89VVM8OByjV7MJp4xMoaWKykg2H&#10;0905g3yPeks1jjKfTQpEakHUV/EKcB8urWVo1q0hZtXiOWGKUr1ZJ7DnS7rXvyH8oj5kdIb87Azn&#10;wR/mV9k9S9edpbqzG8dz9Z9vYap7SXHbj3LkpcxuTcGP3LlampFTX1k8tpMhJjYMhIip95X1so8o&#10;kJecdmvoI037bEmljAVXjbw+0CgBUU4emoqPwqvRKdsu4ZGNncFVc1IYVyeJ/Po9v8ub+XVtj4C7&#10;U7NqKvsrdHePePe+66Xevd/dO745aXLbxzNCaqXGU0GPnqq2RIIJ8hkqt56qrqKqpqayomnmKmGG&#10;Ag5l5kl5gmiAiWCCBdMUS8FGK1NBUkACgAUBQAOJKywsRZq1W1u+WY+fH/Of29LL+ZP8RNxfOb4i&#10;9g/G3a28cLsPM70yuyMhT7m3Bj67KY2ij2tu6j3JUxzUWNdJWaaOmaJCpsGIJ4B9s8tbxHsO8R7l&#10;KhkCBhpBAPcpXift6tuFq15atbqdJamaV4GvRveudsVGyuvdibMqaqKtqdo7N2xtioradJIqesnw&#10;ODgxMtVBHIdSpI0RdVJuAQDz7JriXx53mGNbMf2mvSpF0oq+gp1Xj/MK/ll7Q+b9f132ptHs7c/x&#10;z+U3TckA6t+QOx6eerzWLxUGRfLDbOex1JWY+aqpEqJZ6ihlhroZqOolkljZ45ainnEfLnNE2xJJ&#10;ZyRLc2k/9pC3AmgGoGhoaAAgihFAc0IQ3tgLsiVWKSL8LD/VXojOV/k8fMj5L5naGA/mCfzGNy93&#10;9C7R3FT7gq+ndhbMXZEO/DRIRRUu481Qy0ccLJbQ1a9DWVIhknjppaSWX7hT1Octm22N5OXttWC4&#10;ddIkdi5Svmqn/BqArk1+HpIdrurhgt7OXQfhApX7er8INi4LCddRdabNxmO2vtnEbKj2LtXDY6mW&#10;nw+3cFj8F/AMHjKGkh4SmpKdIoo4l/SihR+PYAM8klx9TOS7FizGuSS1SSfU9HOkBNCigAoOtcbo&#10;L+Un/Nd+LvXlN1R0N/Mr696969pMvmc9SbaoenYMpBDlM9Vfd5SqFZnqWrqSZXsxDS6R9Ao9yRf8&#10;3cqbrc/WbjtjySkAVMpGBwwtB0QwbZuVtH4UNwFX00j/AC16OJ8Rf5O+M6l77g+XHy2+RO/vmx8m&#10;sSS2y919g0s+P2p146s8lLUYDb1fXZOWaooHmnOLc1ENHReTyUuPhqI4J4ibeOcnu7A7RtFutjan&#10;4lTLP9rUAofxebUyaEjpVa7Z4couLqQzSeRPAfYP9Q6ND/M7+GG5fnr8Vsx8e9p72wewMxk97bI3&#10;XFuLcONyGVxsUG08mchNSSUeMdJWeYHShBsPz7KuV97j2Ddl3GRDIFVloCB8QoOPSncLVry3+nRg&#10;pqDUivDo+O3MZJhdvYLDyyrNLiMPjMXJMilUmegoo6R5UU8gMUJF/p7IpG1uzfxEnpYBQU6e/det&#10;9e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;df/X3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvdUv/wA9z4dZ/wCXfwP3Suwc&#10;PLnO0Ois9R907NxNHHLLlM/jsDjqnGb621joYVeSaafD1dTV0tJHGXqKqlpoU9Tg+xnyJvMez7+j&#10;XBpFOpiY+hYjQT/tgAfQE9FO8WjXVmdHxJ3D8uI+2nD59Vvf8JzP5lexMx1ZivgL27umnwPZGzMt&#10;nKroGqzlSIaPfezM5XSbirdhUOSq5CHzGLr562WjpGZTNQyxxUqt9lIAJvcjlmeO7bf7JNULhRKA&#10;Mo4FNdP4WAFTmjVLU1dIdi3CMxCzlNGFdFfMeg+YPCvW1/e/H0P/ABB4H09xKCcdCTr17cfU/wDE&#10;Dg/X34k5691qdf8ACjD+ZfsXF9WZL4D9Obpodxb/AN65TD1ff+SwNd9zSbE2lgcjDn8Z19VV9E2g&#10;ZbK18NLNX0qylqehheGpj/y5NMte3HK073g3+9UrFGD4QI+NiCpah/AgrQ4qxBB7T0G98v1ERs4i&#10;NRpr+Q40NPU+np8+rJ/5Efw6z/xE+B+1l39h5cH2h3rnqzuneWJrI5YspgMdnsdTYzYu2sjDMqSQ&#10;zQYekpquqpJIw9PVVVTC/qQn2Gee95j3jf3a3NYoFESn1Kk6yP8AbEgeoA6XbPaNa2Y1/E/cfz4D&#10;7acfn1dB7BnRt1Tv/P2/7dK/LD/yhP8A8Ets32MeQP8AlbrT/m7/ANWZOivev+SZL/tf+Pr0Tv8A&#10;4S4f9u/+4P8AxcPsD/3yvX3s590v+Vgh/wCedP8Aq5L0k5e/3Bf/AE5/46vWyZ7jXo/69Yf09++f&#10;XutHr+fb/L63N8Se99vfzFfjHDPtHZ+7N/YXcO8m2pAaao6k79pcmM1it+0PjDRw0WfrIlqtRTRF&#10;lFlVjprqeETjyBzFFu9i3Le60kZEITUf7SKmV+bICR80/wBKT0Ed6sWtphewdoJBNPwt5Efb/Log&#10;1N8oMP8AM3+cZ8IfkrS4xMJunsrvj4Ejs/ExLWrT0fZ+ydz7V653bJQrU/tikqWxEdXQLTMyJSyw&#10;iUirFQqn/wC6pNk5Nv8AbWOpI4rvwzxPhssjrX5jUQfQg+WnpH9Qt3usNwMEtHX/AEwIH7Ovo/e8&#10;b+h11737r3WhZ8Gf+4mne3/i4n8w/wD95Ts33Pe+f9OyT/nntP8ADB0DbP8A5WA/6eX/AAP1vp+4&#10;E6GXRQPnX8RNl/OT4wdmfHXecseNbdmNSu2bug0xqp9ldg4J/wCIbO3VDEpV2Snq1WOshjdGqKOS&#10;optaCYsDfYd4m2LdYtyhzoNGH8SHDL+YrT0ah4jpNeWqXlu0D+fA+h8j/n6+X33x0X2h8au2t7dI&#10;9x7Xrdo9hbBzVRhc3iqtJDBOIjrosvh60qErMfXQlKugrobxz07xyxkqw95Sbff2m52kd7ZMGjkF&#10;QfMV8iPIrwYeRqPIHqPZoJbeUwyihGP9mvmOgkt7V1PTHz6Mj0h8xvlZ8bI2puh/kL271Zi5Jmqp&#10;9v7R3xncdtWsq3cStVVu0TM2MnkLXu8tI55IvZmuWX+zbPuZruFvHMeGpkGqn+mpq6VQ3dzb4gkK&#10;j0BNP2dS+7vmp8t/klTfYd5/I3uHs3Chlddtbl31nanaKSiXyiog2fBNHjEl1WvKlIHOlBfSiW9Y&#10;7Hs22HVY20cRP4gg1f73TV/Prc15dT4mkLL6VIH7Oix+zPpL1sa/8Jwfl53B1b8s/wDZXsLt3cu/&#10;+nO+ocll904fC081anWO6NuYrVS9uyhiIaWgMEMGIzLu6eVZKMq0k9NT080ce5OzWd1s43V2WOaA&#10;gKTQa1Y/2fqWBOpfSjDgSQfbDdSpcfTAEo+aehH4vz8x0aT/AIVM/JRsrvn47/EvDVzNR7RwmT7y&#10;37SRlZKeTO7lkm2f19BMQbpUUVFS5yZozyYshE35X2U+1O2aILneZBTUREn2LRnp+egV9VPSnmKc&#10;F0th5DUfzwP5A/t61Jvcu9Bjq/b+WP8AyK9w/wAxP4/Zj5AZX5Ct0ThoexM5sXa+Ik6dPYz7qotu&#10;4yhqMluiLI/3pwIggWtqp8ckXgkJkpZiXHAIA5o57i5b3EbeluLhtAZj4ujTqJGkjw3zQaq+hFOj&#10;vb9ma+g8fxNAqQO2tQPzHmSPy6sZ/wCgTn/wPn/2Vn/9I/sN/wCuz/0j/wDqv/1x6W/1a/4d/wAY&#10;/wChuqBP5m/8vbP/AMt35B4npLKdgN2riNyddYHsTbW/k2ZLsWHK0WVyddg8ljXwLZPMJFNRVuPm&#10;jcLkXJjeGUonlC+5A5X5hj5m243yR+EyuUZdWumkAg6tK4YN6cceXRNuNkdvnEJOoEVBpSuaHzPD&#10;P8uq6/Yj6QdfSS/kR/JT/Zjv5cXTi5LIffbv6NNf0Buy7hpUHX0UB2QxDEuwbbNXhFaR/wBcqy8k&#10;g2xp592z928yTUFEn/WX/b5b9j6selMdD3Z7jx7FK8U7T+XD+VP59XGewf0ade9+691737r3Xvfu&#10;vde9+690iOxexdj9SbH3N2V2TuXGbO2Hs3GS5ndG6M1K0OLwmLgZUlrq6VFYrGpZQSAfr7dt7a4u&#10;50trZC8jmiqKVJP8uqyOsaGSTAGeiQ0P823+WtkayChpfmX0i1RUyCGITblkpIQzc3mqayFI41HJ&#10;LyOqgckgc+zxuUuZVXW1lKB66a9I/wB5WBx4q/t6PZs/eezuwttYjeWwN2ba3ztDP0q12C3Xs/O4&#10;vcu2s1ROTorMTncLLPS1MRsbSRSsp/r7IJoJreVoZ0Mbg0KsKMD6EGhH5jpYrI66kNR6g1/Z69IX&#10;dXf/AEzsftTr3pHdvYm3cD2x2xTZWs642JX1Msee3hTYOnkqsvNh6dUKyLTxwytJdxYKfr7UQ7fe&#10;T20t7BGWihI1sBhScDV9vVWmiSRYmajNwFfToY/aXpzpk3DuHAbTwmU3LunO4fbW3MHRTZHNbg3B&#10;kqLDYTEY+lUvU1+VyuReKCngjW7SSyyKijksB72iPI4SJSzE4ABJJPoBxr5deLKi6moPnw6JLjP5&#10;on8uzL7kO06H5n/HaTL6xErTdl7eosPKzaPH4NzVsseNkDmRfGyVZD39JPs9blfmNI/FeymA/wBI&#10;xP7Kav5dIxuFiW0eMlftH+fo9NHWUmQpKWvx9VT11BXU8FZR1tJNDU0dZR1UYmp6qkqISUkjkRld&#10;JEJVlIIJBv7ISuklW8uIP+XpYCDn9nQId6fJ/wCPnxlo9r5Dv/t3ZXU1FvXLTYPalTvLLR4uLOZS&#10;lhWeqpaNmBv4kkjaVzZEDLqYahdbY7XuG5sy2ELTaBU6RWg9T9vkPkemZbiCCnjMFrwqadDz/r8G&#10;/wDT8fn2i6e6C/tjuvp/onbJ3l3T2fsHqnawnFLHnuwd14PaeMqq5lLx4+hqc1PCtRVPb9umg1yu&#10;bBEJ9qLOyvL+XwLKJpXP4VUsafMAGg+fD1PVJZY4U1ysFHqTToBepv5hvwc7x3HRbO6r+VXSe792&#10;5Op+zxG2KXfWIx+4M3W6BL9lgcPmHpqivmCkMYqSORwtyRYGxjd8vb5YRmW8tJUUcWKGg+0ioH5k&#10;dMR3tpK+iORSfSuf2Ho3OXy2NwOJyedzNXFj8RhcfW5bKZCobRBQ43HUzVldWTlQSEiiRnYgHgHj&#10;2TojOwjQVY0AHrU0p0pqFFeg/wCnu6Oq/kBsLFdodL74wXYvX2bqMlS4jdu26h6nEV9Rh8hJispD&#10;TzSKhJhqIZIX9PDKfb93YXW3ztbXkZikHFSKHIBH8uqRSxzoJYTqU1oR8sdPnYvYux+pNj7l7K7I&#10;3LjNnbE2bjJMzujdGZlaDF4TFwMqS11dKisVjUsoJAP190t7a4u50trZC8jkBVHEk/y6s7rEhd8K&#10;M9Sdib62j2bs3bHYWwc/Qbq2VvPCY7cm1dx4qR5cbnMFlqdavHZShlcKTFNEyuhIFwfp71PbzWsz&#10;21ypV0JDKeIIwf2deRldQ6GoIx0GO9flB8e+uO3tidB767d2VtfuXs6mpa3YHXOWysdNubdFJXV9&#10;Ti8fUYuiI9S1FTSVVPT62XyyRSJHqZSPaqDa9wubSTcLeFngi+NwKqvnk/Ya/IdNtcQpIInYBm4C&#10;uTmg6Hyw/p7Q9PdV45r+bB/Lk25mctt7O/L/AKdxubwOSr8Nl8bVZqsSqx+VxdW9FkKGoTwG0kMs&#10;bRuPwQefZ/HynzHKiyJZyEMAQQvkRUcT59IjuVipIaVag0pX06Nl093v0x8g9rPvXo7tHYva21YK&#10;+TFVmZ2LuTGbhpcZlo4kqpMTl1x0jvR1axSxTNS1axyhHR9Gl1JKbywvduk8C+ieJqA6WUrg+YqB&#10;UH14YNTx6UxTRTLqhYMPka0+3rBB3/0zVd1Vnxzg7E25N3jj9opv2u6zSplO5qbZ7zRU6bhkpdGn&#10;7YvNEocOeWAt739BeCyG4+G3gFtAenbqoTSvCtBw6140Rl8DUNdK0+Xr0Mdh/T2lOePTvXvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691//Q3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3XvfuvddWH9B/tvfvl17rVz/m&#10;W/8ACdzb3e29Nw9+fCvcm2uoex85UT57c3UGdhqcT1vuTcjzirqc7szO4dJJNu1lQ+uSWk+0lopZ&#10;2Vo2oF8jPKPLPuLLt8C7dvamaJRRZBlwPRgcOKYrUEfPoPX+xpM5mtDobiV/CSfT0P8AL7Oq3sNv&#10;H/hS78N6KLZtNtn5G7/21t9DjKGj/wBH+z/ldSS0cAWjoDQbmw9HuPMeCNWjaCNa9AiLpeNUjdFE&#10;rwe2G8sZy0MTtk9zQGv+lJRP5dIQ/MFr2UZh9gf+eW/n1gze6/8AhS78yqWfZ1Xt75I7B21uADH1&#10;lEuxNofE6jp6KUClrVrdy5Kj21mDTSiGR6iOWvl1o7IqNFKsTeSL2v2UiYNDI6eZZrgn7FBdPMeX&#10;l14tzBdDTRlH2BP54b+fVk/8tH/hO5gei95bd79+bG4ts9t9k4OqTPbY6fwCVOY6223uGKqNVRZ7&#10;emdzUUMm4a2A+OVKMUUNDDUBmd8ivjdQ1zP7jS38D7bsiGGFhRpDh2H8KgYQH7ST5U6XbfsYhfx7&#10;shm9OIB8jXiT/L7eto2w/oP9t7i75dCHrv37r3Va/wDN46D7b+UP8vD5B9F9F7T/AL89p75/0T/3&#10;W2sc7trbP8U/uz3htreGb/3ObwrMfjoPBjsfV1H+U1cevx+OPVK6Iwk5P3Gz2vmO2vr5/Dij8TU1&#10;GalYnUYUMxqxA4edei/c4ZbmxeGEVY0xWnBgeJI9Oi2fyFPiJ8h/hd8P+yOrfkv19/o131n/AJJ7&#10;w39icEN27H3l93tLKdYbO27Q5b+KbByWUok8lZiq+HwS1CzL4tTRqjxs5nz/ALxt297xFd7VJ4ka&#10;wqhOl17hJISKOoPBhmnnxx0xs1rPa2rR3AoxYmlQcUA8j8uru/YI6N+ve/de6DXt3qfYPevWO+On&#10;u0dv0u6evuxtt5La26cHValSsxWTgMTvTVEVpIKmFtNRSVULLLTzpHNEyyRqwfs7u4sLlL21bTJE&#10;wZSPIg4+0UwfUV6pLEksbRSCqtjrSZ6m/kQ/O746/wAxzpLde1usE7C+NnUPy16X3zR9yjsjqDFT&#10;ZDqjanZuJ3bXbhyOzMpnaXNitocfFLHW0kGKLy1EEv2aTxvC8k4XfPvL+4ctzwzTeHdT28q+FokP&#10;6hRl0htJSjGhBLYB7qEdBKLZbyC/VkXVGrghqrXSCDwr/k63sPcEdDDr3v3XutR/4pfyx/nF1t/P&#10;O3T8xt69InC/HHI/JP5l7/ouxv8AST1DkfNtLtfb2+aHYOWO0cRn588v38uZxyCB8YJofLepjhWO&#10;QpLe7c07Fc8hrssE9boQ2yadEgzGYi41FQuNLZ1ZpgmvQZttvvI95N0yfp6pDWq8Dqpitc19OtuD&#10;3EnQm69Yf09+p17qtD+Yr/K2+O/8xvZtLSdiQVOx+2tsUE9H1/3ZtaipZ907dp5HeoXBZ7H1DRxZ&#10;rCmodpnxtRLG6M0jUdTSSSyyOJeW+a9y5anLW58SFjV4iSFbyqD+BqcGH5g9IL/boL5KSYYcCPL/&#10;AD9aTXyv/kWfzCPjBkMpV4/qiu+QHXtI08tFv3oemrN6TSUEbakmy+wKdBuCilWMh6n/AHHTU0dm&#10;CVcqoz+5v2jn3lzdFVXmFvIeKy0Ufk9dJHplSfMdBO52a8tzULrX1XJ/3kZ/l+fVR24Ntbj2jk5s&#10;JurAZvbOZplJnxG4MVXYXKQAO0f72PyUcUq+pWXlPqD+bj2MIpY7hfFiIdfVTqH7Qafz6K2Vk+ME&#10;faCOnjZXXXYXZeVXB9b7E3l2Dm3eGFMNsna+b3ZlWkqdRpYhj8BBPKWk8b+NQnqCsVuQfbc1zb2q&#10;eLcyLEvqzBf5sQP59bSOSQdilvs/2K9XVfEL/hPd87fkbkMZlu09tRfFjrScxy1+4O1qVpN/TUrK&#10;GkjwfU1JLHkxUrqW8eakxkdtVpWdCnsEbx7ibDtylbRvqpfIJ8P5vlf95DdG9rsd3Oay/pr8+P5L&#10;/np1us/Bn+Xh8a/5ffXs+zOi9rSPuHOx0r7+7T3Q1Pk+xt/1tKtof41moookgooWuaTE0MUNJCS8&#10;giNRLPPLCe+8xbnzFc+Pfv2gnQgwqA+g9fVjk9Cy0soLKPRCMnifM/b6daGv8xTr35kfLX5sfIvv&#10;iD4s/Jiu2/u7sXJ0Gxph0V2t4z11tBI9mdfOkUuK/bMuIoaOedFAHmeRrXY3nzlu42XaNjt7D6uG&#10;qJVv1Y/jbuf8Xk5I+wdA6/S7ubx5vDelSB2twGB/LPRLf9ks+Y3/AHiZ8mP/AERHaX/1q9nP772X&#10;/lMg/wCcsf8A0F0i+kuv99P/ALyf83X0qv5cXx8f4t/Bv4y9I1lD/Dc9tXq3CZLelGY5ImpuwN6G&#10;TfHYFO/ntI3izORrYlaRVJVR6E/QuNHMu4Ddt/ur5cq0hC/6RexP+MKP29D6xh+ns44vQCv2nJ/n&#10;0dz2SdKqDrWS/wCFLXxA333t0t8f+5upOv8AdfYe+eqt/Z7ZGbwGwtt5jdO5KnZHZOHXJDLy4nBU&#10;89RLTY/I4Wmi1hbRGudraWZlk32x3i32++ns7yVY45kVgXIC60NKaiRxDk/PSOiHf7V5oUljUsUN&#10;KAHg32ehH8+tOb/ZLPmN/wB4mfJj/wBER2l/9avcy/vvZf8AlMg/5yx/9BdBX6S6/wB9P/vJ/wA3&#10;Wy9/wmtg+SPQneHd/SHbfRfd/X/Xfbux8ZvPBZ/fPVm/ts7coOwuuq5qb+Grlc7QU9LBLk8TlKx3&#10;Z5AZGoIYxdtI9xl7mNt1/YwX9pPFJLC5UqkiElHyDQHVhgPLGs9CDYRcQzPBMjKHFQSpAqPtHnU/&#10;s63KPcNdCnr3v3Xuve/de697917r3v3Xuq4f5vX/AG7O+Zv/AIhbO/8AuZTexHyh/wArNZf81V6Q&#10;7n/uBL/pT0WL4Ffy5/gn2v8AAz4t7l7C+KXSO6Nzb5+PnXmT3Zuit2Pi4tz5vKZjbEE2TylVuOjW&#10;KtWqmdmd6mOdZdRJDA39mm/8yb/acwXcVtdyokcrhVDHSAGNBQ4I+VKDpPZWNnJZxvJEpJRamgrw&#10;6KF0b1jk/wCUn/Np64+MPVu5ty1Pwm+eW19zZja3Xu5c1VZak6y7X2tjamSOLBVWSMs9VUwvR4/G&#10;irMqTVGOyMCZFq6pxlNUk4vrpOb+UZd1u1AvtvI1OABrjJAofLNa08mXt0hiOksMbbbuYt4zWGYG&#10;gP4SPT+X+9dDl85P+34f8pz/AMMjvP8A3nb2Uv7QbF/yo+7/AOmh/wCPL07ef8le1+xv8HWwN7j/&#10;AKO+tZ/5a7b3Z/NP/mn5X+X1nt27m2n8OPiBsTafane+H2xUyUB7W37m6XGZvF4Cpy9OzKLx5ijo&#10;KdJotVKlHmJoHWpkiKSZtEkPKnKo5jjRXvbxmjiY58NQWBan+1JPqSoPaCOiG5D7juP0DEiKIBmp&#10;+Imhp+wj/jXVmGZ/k7/y0c317/o0n+IfVtDgI8fBj6fK4iDM4vfdMtL6qaqHZFJVjPy1CsAzzVGR&#10;kaX6T+RSVIXTnLmZLj6hbyQtWtCQUz5aCNFD9mOl52vb2TR4Kgfz/bx6MT8OPiZ1/wDCXobbfx76&#10;yz+/NzbS2xlNy5Sgy3Ym4m3DuF33JnJsw9Kr08VNRUtPTrKkEVNjqOnhOhqh42qp6maUt3vd7nfL&#10;99xulVHYAURaLgceJJJOTqJqSRwAHT9rbJaQiCMkgV49ay382br/ALD/AJnfz27j+P3V1XkZ9pfy&#10;9PiLv7sGohpMSmVpNw925jFUu65toYLIRM0YyGYZ8BhlpZwjiTF1xHCF0lHlG5tuVuX4dxux37lc&#10;InGlIgSuo/JO9v8AbD7OiDco33G8aCKtIEJ+1jmn+AfbXq+r+VB8qYvlb8Auiu2M/l46jeG29qHr&#10;fterr6+mlrIN79Yxjb2YzOfqY28cU+UpIqTPyhtGhK1bqn6RH/Nm0/unmG4s41ojNrQDhpfIUD0W&#10;pT7VNK9HO3XP1Vmsp+IYP2j/AGKH8+qf/gp8ctv/AM5zuLuj+YV80aXcG++l9tdpZ7q74q/HzM5L&#10;NYXZu29s7aakysmZy2PxdREakRpNQ01THDKkFdkUyUldBIgihAw33c5eS7OHl3ZCsc7xh7iYULFm&#10;qCoNKDgSDxVdFM93RZZwLusj3t3UoGIRTigHr64p+derRe9/5J38uPvXba4U/H7b/UObpArYXfHR&#10;tuttyYiX7lKiVjTYpWxlaJRH4XGSx1QVjZvC0UmmRQxt/PHMthIWFwZlPFJe9T+3I/2rD59GE202&#10;My0CBKea4/2D+zo+vc+NpMJ8du18PQLOtBiOlt94yhWqrK3I1IpKDY1VSUy1GQyMktRO4RF1zTyv&#10;I5uzuzMWIdsmLX8TtxMiny/iHoBT/J0skAWFgMDSf8HVX/8Awnw/7dY9E/8Ahydvf+/SyvsWe4f/&#10;ACtdx9kf/Vtei3Y/+San2t/x49GO/m9f9uzvmb/4hbO/+5lN7LOUP+Vmsv8AmqvSnc/9wJf9Kelp&#10;/LI/7d5fC6/5+N/VP+xvtOm9Vxf6/X6+2OZwP6xXw/4dJ/x49W27/cCH/SL/AIOtRj5kDun5id2/&#10;Ov8Amp9RZ+tg2l8Au8ujNndEVdHQQ7hx+awPW27Gx2U3FtKejJPioa9aDeNajyWjp8tI7aRxDL+y&#10;tZbNYWHKl4o17jFK0tTQhnUEBq+ZUmMfNB+YZu/EupZtziOIGUIaVwDn9ho35/Lrdy6D7i238g+k&#10;+qe8do60252vsDau/MZSyywzVWMj3Jh4slNhq9qYsgqaKV5KSrVSdE0br+PcHX9pJt+4TWEpq0Ls&#10;hp50ODn1pUfIjoWwyrPCsycHAI/Py/LgetbL+Tl8afh53Xgfm7n/AJFdQ9Idh7qxXzg7gw+EynaG&#10;A2tl8xRYACmrUoMdPnVMi033E08gRPTrZz9Sfclc47pvNk1hHts8kaG1iJEbMBXOTp86U45x0Q7X&#10;bWsvjG5RWYSMO4A4x0rf5d22+pOrv54HzT60+GNVRf7LCfj7jMn2Ht3ZmQlzHV23O3qHO7e8uOwe&#10;Vimngeqoq2tzEVPS/cutG1TlqOnhihptFO3zHJd3XI1jdb1X6rxSELYkaMh8kGhAIC1NM6UJNTm9&#10;kqRbtNHa/wBnpyBwDY4fz/M04Doedsf9xH3Y3/iguJ/96DE+y6THtxGB/wApZ/463Tw/5Lp/5pf5&#10;etgb2AOjrr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de6//R3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+6916w/p7917r1h7917r3v3Xuve/de697917r3v3Xuve/UHDr3Xvfuvde9+691737r3XrD+nv3Xu&#10;vWH9Pfuvde9+691737r3XVh/Qf7b37r3y679+691737r3Xre/de66sP6D/kfv3XuoWQxmNy1MaPK&#10;4+hydIzpI1LkKSnraYyRm6OYKlWW6/g2uPdlZlNVJB+XXuPHrNSUdJQU0NHQ0tPRUlOnjp6Wkgip&#10;6aBB9EhghAVR/goHvRJY1bJ691nsP6D3rr1evWH9B7917ruw/p79Qde697917r1h/T37r3Xvfuvd&#10;esPeqDr3Xve+vdesP6e/de697917r3v3Xuve/de697917r3v3Xuq4f5vX/bs75m/+IWzv/uZTexH&#10;yj/ys1l/zVXpDuf+4Ev+lPXf8uLsbr3bX8uv4gVW5N97NwFNh/jZ1fJl6jN7owmKgxUdLtKnNQ+R&#10;mr541gWP+2ZSNP5t71zLb3D8x3iojGs7gUVjXuNKY8+vbe6CxiqQO0Vz8vt6qxk7l23/ADLf52Px&#10;3rPj5Urv748/y/tkby3Rv/t3FRTPtDJ7/wB3UtbjqKn2puOkBgrqapro8PTY9nmRa2OkytZRLUUU&#10;AqJRV9FNyzyRcruQ8O53B1VYzTUEUgksMlSBqJA+ElFbJoC7xUv92QwnUkAPd5aj6f4PnkitOhl+&#10;cn/b8T+U5/4ZPef/ALz2U9o9i/5Ufd/9ND/x5enLz/kr2v2N/gPWwN7j/o761nO2+xqX+WT/ADrN&#10;3/ILub73DfFT5/8AV+2dqTdjfZTz7b667O2XjMRhUG4a6NZ6gCOpxRmqVASKKmzaVAZkopEikyzt&#10;TzRyQm32VGu9ukZtFe542JPaP9tj1ZCME1JDNINv3Qzy/wBlMACacGwM/s/n8ur8Mt8mfjlguv8A&#10;/Stl+++m6DrJqCLJRdg1HZezRs6popzopami3GtaaScTNZIBDKxkchY9TEAx+m17lJP9IkEhlrTR&#10;obV+wio/Ph59HJngEfi6xp9a4/bw/n0X7rr+Y78YO4vi33X8u+qd2ZDdnVHRcfZabtnqcFl9uZWe&#10;v62w5z70WPx2ahSWT+L0MlBV4nTGXkSsgjljiqxNTRGNzy1ullusG0XaaJZymk1DCjmlSQaUU6gw&#10;JxpJBpQ9Mx30E1u9zGdSJWuKfDn86jI+XWuF/LS+FX8zruzrjf8A86OjfmRsf425H5odh7u7A3nj&#10;63q2n3Nm92y4be+Zpos3VT5qkqTS0rZKqzD0VLA2gxOsuuRJIysk8zb3yxY3Mew31k1yLFVRT4hU&#10;LVFqBpIqaBan5U6IbGz3CaNryKUR+KST2gnifX556Mx/J42/vf4O/Nf5g/yte9NwYvcQ3xtnC97d&#10;e5/A4c7V2luzJV22qSLfTbQx2mOUPXYuvpkljjXx07YOpjjKaArFvOMsG/bFZc02ClPDJhZWOplA&#10;J0Vr5AqePHxBXpRtgezu5dumNa0YUFAa0rT/AFeXSi/k2/InZ/wXz/eP8rT5a7vwvVfbHWPd26M9&#10;0/uHe81DtPanamy96LRvj49v56tZKU1dbMseYx0FXUJPWU+Ughp42kpZY1Z5z2+bfYoObNpRpoZY&#10;lEgSrNG61B1ACtB8JPAMhJpUdW2qcWmvb7o6WRjSvBgc4P519c0HDoR/57OM+N1f1W/dG5vm1vfp&#10;3tzYHW26MX011B1P2tQ41+2d15GuWfCvmtn7fE+WqqWKsEVPVZGExQUsTHyzRllJTchHchdixhsU&#10;nhkdTJJJHq8NaZ0k9oqOA4k8Aerbz9P4QnaYo6g6QGA1E/Lj+Y6OV8HM1mdx/wAm7qrO7hy2Tz2b&#10;yfxD3ZVZLM5mvqsplchVPtrKh6muyFc7zSyGwu8jkn+vsk3xEi5ymjiAVRcCgAoB3DgBgdLLNmba&#10;0ZjUlMk/Z0DH8gDdm1sV/K76MosnuXAY2tj3F240lHX5rHUlVGr9oZV42khnlVhqUhhdQCDccEH2&#10;v9wYpX5quGVSRSPIFfwLWnlg46Y2RlXbkBI4t/hPRnf5tGVxmY/lj/M6rxGSocpSjprPwmpx1XT1&#10;1OsqVdMZIzNTMy6lDAlb35H9fZVykjrzPYhgR+ouDj1zmhpjpTuTBtum057SOif5X5QD4ifyCOq+&#10;28fkGx+9Kj4idXbA6yaB4hXf6ROw9qU21dt1+NinsksmLNRLmWiP6oqOQAMbKTkbUN49wZbJxVPq&#10;Hdxn4FYswPpqppr8wOkpuPpdlSUcdCgfaRT/ADn7B1X98T/5Rf8AMvpfhhhuudifNfrrprpn5Ede&#10;tvDfXR2R6YoaytEPcmyqan3Hh94ZOaiarfItjGp8fVulQrwGIRRMviQgQbvzjyyd7a6uLFp57d9K&#10;SiUgVjaqlBw06qkYzX59I7fbNwFoIlmCK4JK6RXuGQfn0dz/AIT8dk7n2r1R8ivgH2dUQjsv4O94&#10;7t2hHFDDUQUdRszdO48hO74mSsCyVUce4qPO1LVCqF8FbRAKEeN5CT3Dt4pru33+0H6V/ErZz3KB&#10;igwDoKinqrdKtlkZInspPihYj8j5j86/lTquL+W3/Km+K3z7xHzf333dB2BBvbbny+7p2FtjObQ3&#10;pXYKDC0DFMvSVxwyK9NUTQ1VbLMBOpVwFRwVvcR8yc2bty+bC3sSnhtbROwZQa8Rx4jA8ukFhttt&#10;eiaSUHVrYcf8nRzf+E/2Q298ed0/Lz+Xn2RszbWzvlL0t2Rkdz5zctHi2os53L1nHUR4nGZx8lW3&#10;qq6jxU1VT1mPlcxQmizdJJTwljVzSE3uEkm5RWfMVs7PazIFC1qI3NSRQYXVShAJOqNgfLpXspFu&#10;ZbCQASI1T/SB8/yx/vQ6F/bH/cR92N/4oLif/egxPtFL/wBO4j/56z/x09Oj/kvH/ml/lHWwN7AH&#10;R11737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3QS96dLbH+RXUO/wDpDsumyNZsLsrb9Rtn&#10;dNLisjNiclPiqqRJZoqTJQgvC5KLaRRcc+1Njez7ddx31sQJIjqUnIr9nmOm5okniaKT4W49VD0X&#10;/CdX+WdS1UFTLsrtfIRxPeShr+4N1PR1cZFngqVgMblGHB0SK35BB59jA+4vNBWgkjH2Rr/m6LBs&#10;e3jipP5nq1z4+fGjob4p7Bp+sfj11ftjq3ZcVSa6fGbfp6iSszGSMCUxy+5dwZSSoyWVrTDHFCa3&#10;J1c8/jRI/J441UBPct0v92nN3uMrSvTi3ACpNABRVFTWigD5dGUMENvH4cK6VHp59JLsf4g9Mdqf&#10;IvpH5TbtoM/P218fKDcWL64rqHP1VFhKOk3VST0OYXLYSIeOrLR1EmhpD6TYj6e3rfd72022faom&#10;AhudOuoBNV4UPEZ6pJbRSTpcOO5K0NfXo0fss6UdBT3N0h1J8h9gZbq3u7r3bPZmwM543r9s7qx6&#10;V9H91AGFJkqCXiakrINbfb1tLJFPCSTHIhJJU2d9ebfOt3ZSNFIvBlNDniCPMHzBwem5Io5k8OYB&#10;h6HI6qjoP+E+H8ruh3E+bk6a3jkcb5Q8Wzcl3D2XPtenVXRoYIxFkkyLIpQW82RdmBYOzXPsWn3D&#10;5qMejx1B/i8OOv8Ax2n8ui39x7bWvhn/AHpv8/VgPafwq+PHa/xjyfw+rdkx7F6BytHg8fPsjquZ&#10;evqeLH4DcdNuqlo6WfBRoUSaupY56w2LVJLmZnMjlg7ab1uVpua7wJNdwte9xryQVODXgDj08uls&#10;lpBJb/TFaJ6DHDPQ39V9Z7P6X6z2D1H1/jTidkdabP29sfauOeZ6uemwW2MXFiccKytlvJUVDRxB&#10;6iplJkmlZ5ZGLuSUN5dS3t1Jd3Jq8rFmPqSan7B5AeXAdPRxrEixx4C4/wBnoB+wvhN0P2X8peof&#10;mRn8VuGl756R29V7U2ZufB7jrcRRy7crBk0mw24MVAPFWwacxk4wkhHoqZFvYixhb73uFrtc2zRs&#10;Pp5zqZSoPd25UnIPYuRnA9B009pDJcLdNXWmAQfL0/mf59QPlf8AAP4lfNmgw8HyN6fwm+MrtxHj&#10;23u+lq8rtne+BiZmkFLRbr21PS1klIHdpfsKuSakMh8jQM/Pu20cwbxsbE7ZMYw3xKQGU/kwIr/S&#10;FD8+q3NlbXY/XUGnA8CPzGeiZbM/kJfyzNl4ndVBB0rmNx5HdO28xtc7l3lv3dW5c3t3H5qlNNVV&#10;e1o6+oNBR18VxJR5MUTVVM4D080ZLXOZuf8AmidlYz0CkNpVFVSRw1UyR6qW0nzHSVNm29VICV1C&#10;lSSfzHz+fVj/AFj8duteovj5gfjLs2jy1P1XtvYdb1xi6Kvy89dmI9sV9JNQ1EE2ZlHkeYx1EgEx&#10;F72P49hu63G5vNxbcpiPFZtZIFBq48PTpfHDHHAIE+ECn5dVNj/hOZ/LPVQq7U7hCgaQo7i3GFC2&#10;tYAL9Lexd/rj8z1r4kf/ADjXor/cW3fwn/ej0dnrb+Wj8W+qfid2X8LNo4XeUPRvbdfn8lvLHZDe&#10;mTyW46qq3LR0FBlGo9xVA80CmLG0gQIPSQxHLH2R3PM263u7R75Mym4ippOgAClSKrwPE16WpYW8&#10;ds1ooOhuOc/t65ds/wAtL4td3dAdEfGPsPC7wy/Tfx3q9sV2wdrR7yydIlXPtDBSbZwY3bUwgNkh&#10;HRTVEDCa2oSy35c+9WfM+7WO4T7pauqz3OrWdIPxNqag/DUj+XXpNvt5IEt3B0JSgr6Cmfyx9nR/&#10;giqqqqqqqAFUABVA4AUD6AeyGp49LKdFH2d8JuiNhfLTsv5p7Uxm48T3b29tCk2Vv6eDctd/dDNY&#10;eip8RTwTNtA/5NHVf7hKGRqlAHaTzSH1zylzabfL+faItllYNbwtqXtGoHuPxcSO449KegonW0hS&#10;5a7UHWwoc48vL1x07/F/4gdMfELGdmYjpig3Bj6Ltrs3O9ubwXP5+qz7z7y3FDFDlKigkqgDBAyw&#10;ppp19Km9vr7b3Pd73d3ie+YN4KCNaKFoq8AacTnj163tYrbV4QI1HUc1z8uk/uX4N9B7k+W+zfm6&#10;2M3Ng/kBsva52dDntt7nrsRg9yYBsfXYg0m89tQhqXJt9pXy0wmqE8gjipbMDSU5jdj33cYtnfYw&#10;VNs7aqMoJU1BqrHIFQDQerH8R601pC1yLuhDgUrWlft9ePSho/iB0xQ/LLK/NOnx+4B3nmesYeo6&#10;3JNn6o7dfZkFVT1kdOu3SPCtQJKaM/cA6rXH59tneL07SNkLDwA/iU0jVq4fF6fLrf00X1P1dO+m&#10;nj5dGi9lnSjr3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de6//9Pf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6911Yf0Hv3Xuu/fuvde9+6911Y&#10;f0Hv3Xuu/fuvde9+691737r3XrD37r3XVh/Qf7b3759e49esP6D3759e67t79Qde697917r3v3Xu&#10;ve/de66sP6D/AG3v3Xvl13Yf09+oOvde9+6911Yf0Hv3Xuu7D+nv3XuurD+g9+6916w/oPfuvdd+&#10;/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69791&#10;7r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuv&#10;e/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6979&#10;17r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xu&#10;ve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697&#10;917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3X&#10;uve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de69&#10;7917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3&#10;Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de6&#10;97917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v&#10;3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de&#10;697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3&#10;v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/d&#10;e697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r&#10;3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/&#10;de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917&#10;r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve/de697917r3v3Xuve&#10;/de697917r3v3Xuv/9Tf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691//V3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1t/j37r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9ff49+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//Q3+Pf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvdf/0d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3X/9Lf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691//T3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/1N/j37r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Xf49+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//W&#10;3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvdf/19/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3X/9Df49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691//R3+Pfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0t/j37r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9Pf49+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1//U3+Pfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvdf/1d/j37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3X/9bf49+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691//X3+Pfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvdf/0N/j37r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+&#10;691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3&#10;Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9&#10;+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r&#10;3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde&#10;9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737&#10;r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvd&#10;e9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69173&#10;7r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuv&#10;de9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6917&#10;37r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfu&#10;vde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691&#10;737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvf&#10;uvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+69&#10;1737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xv&#10;fuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+6&#10;91737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X&#10;vfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3Xvfuvde9+691737r3X/9lQSwME&#10;FAAGAAgAAAAhABKYm7vhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxa&#10;J6UlJMSpqgo4VUi0SIjbNt4mUWM7it0k/XuWExx3ZjT7Jl9PphUD9b5xVkE8j0CQLZ1ubKXg8/A6&#10;ewLhA1qNrbOk4Eoe1sXtTY6ZdqP9oGEfKsEl1meooA6hy6T0ZU0G/dx1ZNk7ud5g4LOvpO5x5HLT&#10;ykUUPUqDjeUPNXa0rak87y9GwduI4+Yhfhl259P2+n1YvX/tYlLq/m7aPIMINIW/MPziMzoUzHR0&#10;F6u9aBXM0iVvCWwkSxAcSJMoBXFkYZUsQBa5/D+h+AEAAP//AwBQSwMEFAAGAAgAAAAhADedwRi6&#10;AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5E&#10;cCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBM&#10;CfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4&#10;Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oaNPCu5V+PdS8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhANr2PfsNAQAAFAIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA+AQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAzr8BD5sDAABBCAAADgAAAAAAAAAAAAAAAAA9AgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAKAAAAAAAAACEAFmrZsGpCAQBqQgEAFAAAAAAAAAAAAAAAAAAEBgAAZHJzL21l&#10;ZGlhL2ltYWdlMS5qcGdQSwECLQAUAAYACAAAACEAEpibu+EAAAAKAQAADwAAAAAAAAAAAAAAAACg&#10;SAEAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAA&#10;AAAArkkBAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAn0oBAAAA&#10;">
-[...192 lines deleted...]
-                      <w:r w:rsidR="00E516A8">
+            <v:shapetype w14:anchorId="43AC3D86" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="info segreteria prima pag." o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:152pt;margin-top:-27.65pt;width:333.9pt;height:41.95pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq+CnkKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w82xlxiixFhgFB&#10;WyAdelZkKTYgi5qkxM5+/SjZeazbadhFJkXq4+uj5w9trchRWFeBzulwkFIiNIei0vucfn9df7qn&#10;xHmmC6ZAi5yehKMPi48f5o3JxAhKUIWwBEG0yxqT09J7kyWJ46WomRuAERqNEmzNPKp2nxSWNYhe&#10;q2SUprOkAVsYC1w4h7ePnZEuIr6UgvtnKZ3wROUUc/PxtPHchTNZzFm2t8yUFe/TYP+QRc0qjUEv&#10;UI/MM3Kw1R9QdcUtOJB+wKFOQMqKi1gDVjNM31WzLZkRsRZsjjOXNrn/B8ufjlvzYolvv0CLAwwN&#10;aYzLHF6Gelpp6/DFTAnasYWnS9tE6wnHy8lokk7HaOJom45Hd7NpgEmur411/quAmgQhpxbHErvF&#10;jhvnO9ezSwjmQFXFulIqKoEKYqUsOTIcovIxRwT/zUtp0uR0Np6mEVhDeN4hK425XGsKkm93bV/o&#10;DooT1m+ho4YzfF1hkhvm/AuzyAWsC/ntn/GQCjAI9BIlJdiff7sP/jgitFLSILdy6n4cmBWUqG8a&#10;h/d5OJkEMkZlMr0boWJvLbtbiz7UK8DKh7hJhkcx+Ht1FqWF+g3XYBmioolpjrFz6s/iyneMxzXi&#10;YrmMTkg/w/xGbw0P0KHTYQSv7Ruzpp+Txwk/wZmFLHs3rs43vNSwPHiQVZxlaHDX1b7vSN3Ihn7N&#10;wm7c6tHr+jNY/AIAAP//AwBQSwMEFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1SGxQ67QhbQmZVAjxkNjRtCB2bmySiHgcxW4S/p5hBcvRXN17Trad&#10;bCsG0/vGEcJiHoEwVDrdUIWwLx5nGxA+KNKqdWQQvo2HbX5+lqlUu5FezbALleAS8qlCqEPoUil9&#10;WRur/Nx1hvj36XqrAp99JXWvRi63rVxG0Upa1RAv1Koz97Upv3Yni/BxVb2/+OnpMMZJ3D08D8X6&#10;TReIlxfT3S2IYKbwF4ZffEaHnJmO7kTaixYhjq7ZJSDMkiQGwYmb9YJljgjLzQpknsn/CvkPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKr4KeQrAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIctmx7jAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="35A06B06" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Segretaria amministrativa: Dott.ssa Fabiola Nucifora,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="66369799" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>via Is Mirrionis 1 Cagliari 09123, tel. +39 070.675.7525,</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="5762C14A" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009559CC" w:rsidRDefault="00635905" w:rsidP="00635905">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">e-mail </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId3" w:history="1">
+                      <w:r w:rsidRPr="009559CC">
                         <w:rPr>
                           <w:rStyle w:val="Collegamentoipertestuale"/>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="16"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">, </w:t>
+                        <w:t>segpsico@unica.it</w:t>
                       </w:r>
-                      <w:r w:rsidR="00E516A8">
+                    </w:hyperlink>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">, </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="009559CC">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-GB"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">web: </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId4" w:history="1">
+                      <w:r w:rsidRPr="009559CC">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-                          <w:szCs w:val="16"/>
+                          <w:rStyle w:val="Collegamentoipertestuale"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">sito: </w:t>
+                        <w:t>https://unica.it/unica/it/dip_pedapsicofilo.page</w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId5" w:history="1">
-[...36 lines deleted...]
-            </v:group>
+                    </w:hyperlink>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="tight" anchorx="margin"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="005D213B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27C9F9D3" wp14:editId="0A81EE52">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-532765</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9872345</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2444115" cy="813435"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21246"/>
+              <wp:lineTo x="21381" y="21246"/>
+              <wp:lineTo x="21381" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="290935927" name="logo UNICA piede prima pag."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="912638076" name="logo UNICA piede prima pag."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId5">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect r="67711"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2444115" cy="813435"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="747FA6CC" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="0067699E">
+    <w:p w14:paraId="679E10CC" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="010CD2A4" w14:textId="77777777" w:rsidR="00931921" w:rsidRDefault="00931921" w:rsidP="0067699E">
+    <w:p w14:paraId="6D7534E3" w14:textId="77777777" w:rsidR="001E678D" w:rsidRDefault="001E678D" w:rsidP="00635905">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0949665F" w14:textId="77777777" w:rsidR="0067699E" w:rsidRDefault="0020460E" w:rsidP="0067699E">
+  <w:p w14:paraId="0D714692" w14:textId="77777777" w:rsidR="00BC6C98" w:rsidRDefault="00BC6C98">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
-      <w:ind w:left="-1276"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00188135" w14:textId="77777777" w:rsidR="009559CC" w:rsidRPr="00DC491A" w:rsidRDefault="00BC6C98">
+    <w:pPr>
+      <w:pStyle w:val="Intestazione"/>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DC491A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F40BB26" wp14:editId="21588835">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-530860</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>9525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7555865" cy="1346200"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="6350"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21396"/>
+              <wp:lineTo x="21566" y="21396"/>
+              <wp:lineTo x="21566" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1287656178" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="10927073" name="Logo UNICA testa pag. succ." descr="Immagine che contiene testo, schermata, algebra&#10;&#10;Descrizione generata automaticamente"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="87395"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7555865" cy="1346200"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11BB3637" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="009B0D78" w:rsidRDefault="00635905" w:rsidP="00635905">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="851"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="0A2F41" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7201DD9C" wp14:editId="4C9F9C50">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C6E2634" wp14:editId="08BC87A3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>-641350</wp:posOffset>
+            <wp:posOffset>-532765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-471424</wp:posOffset>
+            <wp:posOffset>10795</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7776210" cy="1230630"/>
-[...2 lines deleted...]
-          <wp:docPr id="1837336629" name="Immagine 3" descr="Immagine che contiene testo, Carattere, schermata, logo&#10;&#10;Descrizione generata automaticamente"/>
+          <wp:extent cx="7552800" cy="1195200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21348"/>
+              <wp:lineTo x="21520" y="21348"/>
+              <wp:lineTo x="21520" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="73171930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1288720930" name="Immagine 3" descr="Immagine che contiene testo, Carattere, schermata, logo&#10;&#10;Descrizione generata automaticamente"/>
+                  <pic:cNvPr id="1288720930" name="Logo UNICA testa prima pag." descr="Immagine che contiene testo, Carattere, schermata, logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7776210" cy="1230630"/>
+                    <a:ext cx="7552800" cy="1195200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:ind w:left="680"/>
+    <w:r w:rsidRPr="009B0D78">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
-[...9 lines deleted...]
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Dipartimento di Pedagogia, Psicologia, Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07C96B92" w14:textId="77777777" w:rsidR="0067699E" w:rsidRPr="00BC10C0" w:rsidRDefault="00897B08" w:rsidP="0067699E">
+  <w:p w14:paraId="561B95D3" w14:textId="77777777" w:rsidR="00635905" w:rsidRPr="00635905" w:rsidRDefault="00635905" w:rsidP="00635905">
     <w:pPr>
-      <w:pStyle w:val="Intestazione"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+      <w:ind w:left="851"/>
       <w:rPr>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00AF7C34">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Direttrice</w:t>
-[...17 lines deleted...]
-      <w:t>Elisabetta Gola</w:t>
+      <w:t>Direttrice: Prof.ssa Elisabetta Gola</w:t>
     </w:r>
   </w:p>
 </w:hdr>
-</file>
-[...335 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
-  <w:defaultTabStop w:val="567"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00931921"/>
-[...210 lines deleted...]
-    <w:rsid w:val="00FF06A2"/>
+    <w:rsidRoot w:val="001E678D"/>
+    <w:rsid w:val="001E678D"/>
+    <w:rsid w:val="002A647D"/>
+    <w:rsid w:val="004A344F"/>
+    <w:rsid w:val="00515E40"/>
+    <w:rsid w:val="005B7ADC"/>
+    <w:rsid w:val="005D213B"/>
+    <w:rsid w:val="005E44C3"/>
+    <w:rsid w:val="00635905"/>
+    <w:rsid w:val="009559CC"/>
+    <w:rsid w:val="00B217FB"/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rsid w:val="00CD5C97"/>
+    <w:rsid w:val="00CF4EEE"/>
+    <w:rsid w:val="00D5753F"/>
+    <w:rsid w:val="00DB2FFA"/>
+    <w:rsid w:val="00DC491A"/>
+    <w:rsid w:val="00E65E90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1C8C59E2"/>
-  <w15:docId w15:val="{51D7E603-2A2B-4FB8-A8A7-DB6D48602B48}"/>
+  <w14:docId w14:val="758F0FE3"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{6647AFCA-207C-4171-A76F-BB7306B8222E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2318,688 +1556,1002 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00931921"/>
-[...16 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo1Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...7 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo2Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo3Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo4Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo5Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo6Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo7Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo8Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="Titolo9Carattere"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
+    <w:name w:val="Titolo 1 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2Carattere">
+    <w:name w:val="Titolo 2 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo3Carattere">
+    <w:name w:val="Titolo 3 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo4Carattere">
+    <w:name w:val="Titolo 4 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo5Carattere">
+    <w:name w:val="Titolo 5 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo6Carattere">
+    <w:name w:val="Titolo 6 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo7Carattere">
+    <w:name w:val="Titolo 7 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo8Carattere">
+    <w:name w:val="Titolo 8 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo9Carattere">
+    <w:name w:val="Titolo 9 Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="TitoloCarattere"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:tblPr>
-[...10 lines deleted...]
-    <w:name w:val="Body Text"/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
+    <w:name w:val="Titolo Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Titolo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normale"/>
-    <w:link w:val="CorpotestoCarattere"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="SottotitoloCarattere"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SottotitoloCarattere">
+    <w:name w:val="Sottotitolo Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Sottotitolo"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazione">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneCarattere"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneCarattere">
+    <w:name w:val="Citazione Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazione"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...8 lines deleted...]
-    <w:name w:val="Table Paragraph"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Enfasiintensa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citazioneintensa">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normale"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normale"/>
+    <w:link w:val="CitazioneintensaCarattere"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitazioneintensaCarattere">
+    <w:name w:val="Citazione intensa Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Citazioneintensa"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Riferimentointenso">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067699E"/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="9000"/>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
     <w:name w:val="Intestazione Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Intestazione"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067699E"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00635905"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="PidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067699E"/>
+    <w:rsid w:val="00635905"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="9000"/>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067699E"/>
-[...16 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00635905"/>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008F496B"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+    <w:rsid w:val="00635905"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Menzionenonrisolta">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:styleId="Collegamentovisitato">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E516A8"/>
-[...27 lines deleted...]
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    <w:rsid w:val="00BC6C98"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segpsico@unica.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unica.it/unica/it/dip_pedapsicofilo.page" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\gianmichele.soddu\OneDrive%20-%20Universit&#224;%20di%20Cagliari\Documenti\pubblicazione\moduli%20miei%20HR\HR_carta_intestata.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\WoOz\OneDrive%20-%20Universit&#224;%20di%20Cagliari\Documenti\PUB\moduli%20HR%20EG%20FN\_modello_HR_EG_FN.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>HR_carta_intestata.dotx</Template>
+  <Template>_modello_HR_EG_FN.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>91</Words>
-  <Characters>524</Characters>
+  <Words>71</Words>
+  <Characters>646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Microsoft Word - Modulo_autorizzazione miss_10_10_2013</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>614</CharactersWithSpaces>
+  <CharactersWithSpaces>704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Microsoft Word - Modulo_autorizzazione miss_10_10_2013</dc:title>
-  <dc:creator>Gian Michele Soddu</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>WoOz</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>